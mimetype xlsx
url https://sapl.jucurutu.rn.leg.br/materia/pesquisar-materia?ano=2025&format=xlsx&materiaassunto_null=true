--- v0 (2025-12-09)
+++ v1 (2026-02-04)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2999" uniqueCount="1448">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3031" uniqueCount="1461">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -788,50 +788,62 @@
     <t>MOÇÃO DE AGRADECIMENTO ao Sr. Ricardo Cleyson Santos Bezerra, ao Poder Executivo e Legislativo Municipal, bem como a todos os patrocinadores e colaboradores, pela brilhante realização da 3ª edição do Projeto Criança Feliz, ocorrido no dia 25 de outubro de 2025, na comunidade Nova Barra de Santana.</t>
   </si>
   <si>
     <t>1678</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1678/mocao_no_035_de_18_de_novembro_de_2025__-_agradecimento_ao_der_-__jose_ilo.pdf</t>
   </si>
   <si>
     <t>Moção de Agradecimento ao Poder Executivo Municipal, ao DETRAN/RN, ao DER/RN e ao DNIT.</t>
   </si>
   <si>
     <t>1679</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1679/mocao_no_036_de_18_de_novembro_de_2025__-_parabens_ao_sao_bento_-__jose_ilo.pdf</t>
   </si>
   <si>
     <t>Moção de Parabéns à equipe do São Bento, aos patrocinadores e à comissão dirigente, pela conquista do título no Campeonato Municipal de Jucurutu/RN</t>
+  </si>
+  <si>
+    <t>1688</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1688/mocao_no_037_de_02_de_dezembri_de_2025__-_parabens_ao_sindicato_-__jose_ilo.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Parabéns ao Sindicato dos Trabalhadores Rurais de Jucurutu e à Comunidade São Braz pela relevante conquista de cinco barragens submersas, implantadas em parceria com o Governo Federal.</t>
   </si>
   <si>
     <t>1310</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1310/indicacao_no_001_de_04_de_fevereiro_de_2025_-_parade_de_onibus_no_sitio_loca_-_augusto_calisson.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo e a Secretaria de Obras e Serviços Urbanos que seja feita a construção de uma parada de ônibus as margens da RN-118, especificamente no local que dar acesso ao Sítio Loca.</t>
   </si>
   <si>
     <t>1311</t>
   </si>
   <si>
     <t>https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1311/indicacao_no_002_de_04_de_fevereiro_de_2025_-_projeto_de_arborizacao_barra_de_santana_-_augusto_calisson.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo e a Secretaria de Agricultura e Meio Ambiente que viabilizem a implantação de um Projeto de Arborização comunitária para a comunidade da Nova Barra de Santana.</t>
   </si>
@@ -1123,53 +1135,50 @@
     <t>https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1343/indicacao_no_034_de_11_de_fevereiro_de_2025_-_recuperacao_calcamento_boi_selado_-_rubens_batista.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo e a Secretaria de Obras e Serviços Urbanos que realize os reparos necessários na Rua Antônio Feliciano de Souza, localizada por trás das Massas São Francisco, no Distrito de Boi Selado.</t>
   </si>
   <si>
     <t>1344</t>
   </si>
   <si>
     <t>https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1344/indicacao_no_035_de_11_de_fevereiro_de_2025_-_caixa_agua_lagoa_seca_-_francinildo_aquino.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo e a Secretaria de Obras e Serviços Urbanos a manutenção da caixa de água da comunidade Lagoa Seca.</t>
   </si>
   <si>
     <t>1345</t>
   </si>
   <si>
     <t>https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1345/indicacao_no_036_de_11_de_fevereiro_de_2025_-_aterro_nos_calcamentos_-_francinildo_aquino.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo e a Secretaria de Obras e Serviços Urbanos que providenciem a colocação de aterro na lateral das pavimentações realizadas pelo município, especialmente nos Bairro Freitas e Novo Rumo.</t>
   </si>
   <si>
     <t>1346</t>
-  </si>
-[...1 lines deleted...]
-    <t>37</t>
   </si>
   <si>
     <t>https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1346/indicacao_no_037_de_11_de_fevereiro_de_2025_-_climatizacao_tia_dimir_-_maria_da_guia.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo, a Secretaria de Obras e Serviços Urbanos e a Secretaria de Educação e Cultura para que realizem a adequação e climatização das salas de aulas da Escola Municipal Professora Valdemir Fernandes de Medeiros (Tia Dimir). A melhoria das condições de trabalho para professores e alunos é fundamental importância de para garantir um ambiente escolar mais saudável e produtivo.</t>
   </si>
   <si>
     <t>1347</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1347/indicacao_no_038_de_11_de_fevereiro_de_2025_-_conclusao_qaudra_retiro_-_maria_da_guia.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo, a Secretaria de Obras e Serviços Urbanos e a Secretaria de Esportes e Turismo para que realizem a conclusão da Quadra de Esportes da Comunidade Retiro. Esta obra é de suma importância para os moradores, proporcionando um espaço de lazer, prática de esportes e fortalecimento da convivência comunitária.</t>
   </si>
   <si>
     <t>1348</t>
   </si>
   <si>
     <t>39</t>
   </si>
@@ -3974,50 +3983,62 @@
   <si>
     <t>1685</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1685/indicacao_no_271_de_02_de_dezembro_de_2025_-_areninha_society_-_romualdo.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo que seja analisada a possibilidade de destinar o terreno municipal localizado nas proximidades das fábricas Massas Jucurutu, Massas Nordeste, Del Rayssa e do IFRN – Campus Jucurutu, para a construção do Espaço Esportivo Comunitário, equipamento previsto dentro do Programa 'Arena Brasil', oriundo do Novo PAC – Governo Federal.</t>
   </si>
   <si>
     <t>1686</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1686/indicacao_no_272_de_02_de_dezembro_de_2025_-_praca_boi_selado_-_rubens_batista.pdf</t>
   </si>
   <si>
     <t>Solicitar ao Poder Executivo Municipal e à Secretaria Municipal de Obras e Serviços Públicos, requerendo a manutenção da Praça da comunidade de Boi Selado e, consequentemente, a realização da ornamentação natalina no referido espaço público.</t>
   </si>
   <si>
+    <t>1687</t>
+  </si>
+  <si>
+    <t>273</t>
+  </si>
+  <si>
+    <t>https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1687/indicacao_no_273_de_09_de_dezembro_de_2025_-_14_salario_fundeb_-_maria_da_guia.pdf</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo e a Secretaria de Educação e Cultura que seja efetuado o pagamento do 14º salário aos profissionais da educação, utilizando os recursos remanescentes do FUNDEB, conforme permitido pela legislação vigente.</t>
+  </si>
+  <si>
     <t>1459</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1459/requerimento_01-2025-_solicita_informacoes_a_prefeitura.pdf</t>
   </si>
   <si>
     <t>Solicita que sejam enviadas informações a esta Casa Legislativa, a fim de prestar esclarecimentos sobre o gasto de combustíveis do município.</t>
   </si>
   <si>
     <t>1463</t>
   </si>
   <si>
     <t>https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1463/requerimento_02-2025-_solicita_informacoes__-_jubiratan.pdf</t>
   </si>
   <si>
     <t>Solicita informações do Poder Executivo Municipal, Governo do Estado do Rio Grande do Norte e a Empresa responsável pela obra do Complexo Oiticica, a fim de prestar esclarecimentos sobre a entrega e responsabilidade do Complexo Oiticica.</t>
   </si>
   <si>
     <t>1527</t>
@@ -4308,50 +4329,68 @@
     <t>1682</t>
   </si>
   <si>
     <t>https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1682/projet1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de divulgação da Lei Federal nº 12.732, de 22 de novembro de 2012, em estabelecimentos de saúde públicos e privados e em campanhas educativas no âmbito do município de Jucurutu/RN.</t>
   </si>
   <si>
     <t>1664</t>
   </si>
   <si>
     <t>https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1664/projeto_de_lei_do_legislativo_n_020-2025.pdf</t>
   </si>
   <si>
     <t>DENOMINA OS LOGRADOUROS PÚBLICOS, NO LOTEAMENTO PORTAL DA OITICICA, NO MUNICÍPIO DE JUCURUTU/RN.</t>
   </si>
   <si>
     <t>1683</t>
   </si>
   <si>
     <t>https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1683/projeto_de_lei_no_021-2025_-_utilidade_publica.pdf</t>
   </si>
   <si>
     <t>Reconhece de utilidade pública a ASSOCIAÇÃO ESPORTIVA LA FURIA - AELF.</t>
+  </si>
+  <si>
+    <t>1689</t>
+  </si>
+  <si>
+    <t>https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1689/projeto_de_lei_no_023-2025_-_ensino_da_historia_do_municipio.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A INCLUSÃO DO ESTUDO DA HISTÓRIA DO MUNICÍPIO DE JUCURUTU/RN NO CURRÍCULO DAS ESCOLAS DA REDE PÚBLICA MUNICIPAL DE ENSINO E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1690</t>
+  </si>
+  <si>
+    <t>https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1690/projeto_de_lei_no_024-2025_-_utilidade_publica.pdf</t>
+  </si>
+  <si>
+    <t>Reconhece de utilidade pública a ASSOCIAÇÃO DOS PRODUTORES DO SÍTIO SÃO BRAZ – APSSB.</t>
   </si>
   <si>
     <t>1460</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
     <t>PLOM</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária (Executivo)</t>
   </si>
   <si>
     <t>https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1460/pl10331.pdf</t>
   </si>
   <si>
     <t>Estabelece a atualização do piso dos Agentes Comunitários de Saúde e Agentes de Combate às Endemias no município de Jucurutu/RN e dá outras providências.</t>
   </si>
   <si>
     <t>1472</t>
   </si>
   <si>
     <t>1034</t>
   </si>
@@ -4733,56 +4772,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1491/parece1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1494/comiss1.doc.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1497/parece1.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1500/comissao_de_financas_1037.2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1502/comissao_de_financas_ldo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1505/comissao_de_fin._-_projeto_003-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1507/comissao_de_financas_-_projeto_004-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1509/comiss2.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1513/comissao_de_financas_-_projeto_008-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1492/parece2.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1493/parece1.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1496/comiss2.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1501/comissao_legislacao_-_plantoes.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1503/parecer_comissao_ldo.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1504/parecer_comissoes_-_ava.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1506/parece2.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1508/parece2.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1510/parece3.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1511/parecer_comissao_de_legislacao_-_projeto_rubens.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1512/parecer_comissao_de_legislacao_-_projeto_fogos.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1514/parecer_comissao_legislacao.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1571/mensagem_de_veto_total_-_projeto_de_lei_no_9_de_22_de_abril_de_2025_-_percentual_minimo_de_idade_de_50_anos_em_concurso_publico_e_contratacoes_2.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1572/mensagem_de_veto_total_-_projeto_de_lei_no_11_de_13_de_maio_de_2025_-_isencao_de_iptu_-_proprietario__de_imovel_...em_tratamento_contra_neoplasia_maligna_.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1573/mensagem_de_veto_total_-_emenda_modificativa_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1495/emenda_modificativa_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1498/emenda1.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1499/emenda2.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1481/mocao_no_001_de_18_de_fevereiro_de_2025__-_parabens_a_dr._isac_jordao__-_romualdo_teixeira.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1482/mocao_no_002_de_18_de_fevereiro_de_2025__-_pesar_clodoaldo_justiniano_-_edivan_fernandes.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1483/mocao_no_003_de_18_de_fevereiro_de_2025__-_pesar_henrique_brito_-_jubiratan_saldanha.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1484/mocao_no_004_de_25_de_fevereiro_de_2025__-_pesar_celimar_-_da_guia.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1485/mocao_no_005_de_11_de_marco_de_2025__-_parabens_guarani_sao_braz_-_jubiratan.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1486/mocao_no_006_de_11_de_marco_de_2025__-_parabens_dia_da_mulher_-_da_guia.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1487/mocao_no_007_de_25_de_marco_de_2025__-_pesar_maria_lima_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1488/mocao_no_008_de_15_de_abril_de_2025__-_pesar_raniery_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1489/mocao_no_009_de_15_de_abril_de_2025__-_pesar_maria_celina_-_romualdo_teixeira.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1490/mocao_no_010_de_06_de_maio_de_2025__-_pesar_socorro_morais_-_augusto_marcione_da_guia.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1543/mocao_no_011_de_03_de_junho_de_2025__-_aplauso_e_reconhecimento_-__marcione.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1551/mocao_no_012_de_10_de_junho_de_2025__-_aplauso__-__francinildo.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1552/mocao_no_013_de_10_de_junho_de_2025__-_pesar_joao_batista_-_marcione.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1553/mocao_no_014_de_10_de_junho_de_2025__-_pesar_eva_francisca_-_marcione.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1554/mocao_no_015_de_10_de_junho_de_2025__-_pesar_ze_bigodao_-_rubens.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1555/mocao_no_016_de_10_de_junho_de_2025__-_agradecimento__-__jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1561/mocao_no_017_de_17_de_junho_de_2025__-_pesar_maria_auxiliadora_-_rubens.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1562/mocao_no_018_de_17_de_junho_de_2025__-_apaluso_a_1a_expo_juca__-__jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1570/mocao_no_019_de_24_de_junho_de_2025__-_agradecimento_pelo_sao_joao_-__jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1579/mocao_no_020_de_01_de_julho_de_2025__-_agradecimento_pelo_acostamento_-__jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1580/mocao_no_021_de_01_de_julho_de_2025__-_aplausos_a_lidja_kalliny_-__alan_oliveira.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1582/mocao_no_022_de_08_de_julho_de_2025_-_aplausos_a_escola_newman_queiroz_-_augusto_diniz.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1587/mocao_no_023_de_15_de_julho_de_2025__-_aplausos_a_padre_carlos_-_da_guia.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1605/mocao_no_024_de_19_de_agosto_de_2025__-_congratulacoes_para_joao_medeiros_-_da_guia.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1606/mocao_no_025_de_19_de_agosoto_de_2025__-_pesar_gabriel_alexandre_-_romualdo.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1619/mocao_no_026_de02_de_setembro_de_2025__-_pesar_osman_-_marcione.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1627/mocao_no_027_de_09_de_setembro_de_2025__-_parabens_equipe_barra_de_santana_-_jubiratan.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1635/mocao_no_028_de_23_de_setembro_de_2025__-_agradecimento_sec._educacao_-__jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1648/mocao_no_029_de_30_de_setembro_de_2025__-_congratulacoes_a_equipe_da_festa_sao_miguel_-_da_guia.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1651/mocao_no_030_de_07_de_outubro_de_2025__-_agradecimento_estrada_da_barra-__jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1652/mocao_no_031_de_07_de_outubro_de_2025__-_escola_tia_dimir_-__maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1653/mocao_no_032_de_14_de_outubro_de_2025__-_aplausos_pelo_desfile_-__jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1658/mocao_no_033_de_21_de_outubro_de_2025__-_professores_-_augusto_e_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1663/mocao_no_034_de_28_de_outubro_de_2025__-_agradecimento_ao_sr_ricardo_-__jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1678/mocao_no_035_de_18_de_novembro_de_2025__-_agradecimento_ao_der_-__jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1679/mocao_no_036_de_18_de_novembro_de_2025__-_parabens_ao_sao_bento_-__jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1310/indicacao_no_001_de_04_de_fevereiro_de_2025_-_parade_de_onibus_no_sitio_loca_-_augusto_calisson.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1311/indicacao_no_002_de_04_de_fevereiro_de_2025_-_projeto_de_arborizacao_barra_de_santana_-_augusto_calisson.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1312/indicacao_no_003_de_04_de_fevereiro_de_2025_-_piso_salarial_dos_professores_-_augusto_calisson.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1313/indicacao_no_004_de_04_de_fevereiro_de_2025_-_iluminacao_publica_no_trecho_da_laticinios__e_massas_juct_-_romualdo_teixeira.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1314/indicacao_no_005_de_04_de_fevereiro_de_2025_-_rua_einar_rufino_-_esgotos_-_romualdo_teixeira.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1315/indicacao_no_006_de_04_de_fevereiro_de_2025_-_melhorias_nas_escolas_espinheiro_e_pedra_branca_-_rubens_batista.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1316/indicacao_no_007_de_04_de_fevereiro_de_2025_-_passagem_molhada_da_malhada_vermelha_-_rubens_batista.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1317/indicacao_no_008_de_04_de_fevereiro_de_2025_-_limpeza_dique_e_manutencao_das_bombas_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1318/indicacao_no_009_de_04_de_fevereiro_de_2025_-__pocos_tubulares_-_cha_felix_e_lagoa_seca_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1319/indicacao_no_010_de_04_de_fevereiro_de_2025_-_parque_infantil_santo_alexandre_-_francinildo_aquino.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1320/indicacao_no_011_de_04_de_fevereiro_de_2025_-_extensao_de_rede_pedra_do_navio_-_francinildo_aquino.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1321/indicacao_no_012_de_04_de_fevereiro_de_2025_-_aquisicao_de_materia-prima_para_mata-burro_-_francinildo_aquino.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1322/indicacao_no_013_de_04_de_fevereiro_de_2025_-_iluminacao_publica_-_vila_velame-_pedra_navio_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1323/indicacao_no_014_de_04_de_fevereiro_de_2025_-_passagens_molhadas__-_tapera_loca_sao_braz_e_barro_branco_-_jubiratan_saldanha.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1324/indicacao_no_015_de_04_de_fevereiro_de_2025_-_agilidade_nos_cortes_de_terra_-_jubiratan_saldanha.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1325/indicacao_no_016_de_04_de_fevereiro_de_2025_-_retorno_do_carro_da_saude_-_jubiratan_saldanha.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1326/indicacao_no_017_de_04_de_fevereiro_de_2025_-_construcao_de_banheiros_-_junior_de_dequinha.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1327/indicacao_no_018_de_04_de_fevereiro_de_2025_-_roco_das_estradas_vicinais_-_junior_de_dequinha.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1328/indicacao_no_019_de_11_de_fevereiro_de_2025_-_calcamento_aroeira_sao_braz_e_agrovila_-_jubiratan_saldanha.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1329/indicacao_no_020_de_11_de_fevereiro_de_2025_-_construcao_ubs_sao_braz_-_jubiratan_saldanha.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1330/indicacao_no_021_de_11_de_fevereiro_de_2025_-_reforma_das_escolas_rurais_-_jubiratan_saldanha.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1331/indicacao_no_022_de_11_de_fevereiro_de_2025_-_forro_e_climatizacao_nas_escolas_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1332/indicacao_no_023_de_11_de_fevereiro_de_2025_-_calcadao__-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1333/indicacao_no_024_de_11_de_fevereiro_de_2025_-_coberturas_ubs__-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1334/indicacao_no_025_de_11_de_fevereiro_de_2025_-_escola_tia_dimir_-_romualdo_teixeira.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1335/indicacao_no_026_de_11_de_fevereiro_de_2025_-_calcamento_riachao_-_edivan_fernandes.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1336/indicacao_no_027_de_11_de_fevereiro_de_2025_-_rede_de_protecao_quadra_do_riacha_-_edivan_fernandes.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1337/indicacao_no_028_de_11_de_fevereiro_de_2025_-_rede_de_esgotos_administracao_caern_-_edivan_fernandes.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1338/indicacao_no_029_de_11_de_fevereiro_de_2025_-_calcamento_rua_santa_terezinha_-_augusto_diniz.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1339/indicacao_no_030_de_11_de_fevereiro_de_2025_-_faixa_de_pedestre_-_augusto_calisson.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1340/indicacao_no_031_de_11_de_fevereiro_de_2025_-_cobertura_quadra_do_sao_braz_sao_bento_e_aroeira_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1341/indicacao_no_032_de_11_de_fevereiro_de_2025_-_instalacao_de_placas_com_o_nome_dos_sitios_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1342/indicacao_no_033_de_11_de_fevereiro_de_2025_-_recuperacao_predio_assistenica_boi_selado_-_rubens_batista.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1343/indicacao_no_034_de_11_de_fevereiro_de_2025_-_recuperacao_calcamento_boi_selado_-_rubens_batista.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1344/indicacao_no_035_de_11_de_fevereiro_de_2025_-_caixa_agua_lagoa_seca_-_francinildo_aquino.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1345/indicacao_no_036_de_11_de_fevereiro_de_2025_-_aterro_nos_calcamentos_-_francinildo_aquino.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1346/indicacao_no_037_de_11_de_fevereiro_de_2025_-_climatizacao_tia_dimir_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1347/indicacao_no_038_de_11_de_fevereiro_de_2025_-_conclusao_qaudra_retiro_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1348/indicacao_no_039_de_18_de_fevereiro_de_2025_-_melhorias_gerais_do_cemiterio_nova_barra_-_jubiratan_saldanha.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1349/indicacao_no_040_de_18_de_fevereiro_de_2025_-_construcao_de_caixa_de_agua_na_loca_-_romualdo_teixeira.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1350/indicacao_no_041_de_18_de_fevereiro_de_2025_-_construcao_do_polo_industrial_-_romualdo_teixeira.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1351/indicacao_no_042_de_18_de_fevereiro_de_2025_-_construcao_de_centro_de_velorio_em_jucurutu_-_romualdo_teixeira.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1352/indicacao_no_043_de_18_de_fevereiro_de_2025_-_construcao_caixa_agua_boi_selado_-_edivan_fernandes.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1353/indicacao_no_044_de_18_de_fevereiro_de_2025_-_distribuicao_de_leite_criancas_atipicas_-_edivan_fernandes.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1354/indicacao_no_045_de_18_de_fevereiro_de_2025_-_reforma_refletores_e_rede_protecao_quadra_novo_rumo_-_edivan_fernandes.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1355/indicacao_no_046_de_18_de_fevereiro_de_2025_-_construcao_de_quadra_no_tia_dimir_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1356/indicacao_no_047_de_18_de_fevereiro_de_2025_-_melhorias_quadra_da_santa_rita_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1357/indicacao_no_048_de_18_de_fevereiro_de_2025_-realizacao_de_concurso_publico_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1358/indicacao_no_049_de_18_de_fevereiro_de_2025_-_revitalizacao_dos_canteiros_-_marcione_araujo.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1359/indicacao_no_050_de_18_de_fevereiro_de_2025_-_adesao_ao_cis-amso_-_marcione_araujo.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1360/indicacao_no_051_de_18_de_fevereiro_de_2025_-_recuperacao_de_lombadas_-_marcione_araujo.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1361/indicacao_no_052_de_18_de_fevereiro_de_2025_-_construcao_de_lombadas_na_barra_de_santana_-_augusto_calisson.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1362/indicacao_no_053_de_18_de_fevereiro_de_2025_-_construcao_de_passagem_molhada_lagoa_-_augusto_calisson.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1363/indicacao_no_054_de_18_de_fevereiro_de_2025_-_contrucao_de_acostamento_-_augusto_calisson.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1364/indicacao_no_055_de_18_de_fevereiro_de_2025_-_reforma_dos_canteiros_rua_sao_miguel_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1365/indicacao_no_056_de_18_de_fevereiro_de_2025_-_construcao_de_quiosques_na_praca_novo_horizonte_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1366/indicacao_no_057_de_18_de_fevereiro_de_2025_-_construcao_de_calcamento_santa_terezinha_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1367/indicacao_no_058_de_18_de_fevereiro_de_2025_-_construcao_de_passagem_molhada_camilos_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1368/indicacao_no_059_de_18_de_fevereiro_de_2025_-_instalacao_da_guarda_municipal_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1369/indicacao_no_060_de_18_de_fevereiro_de_2025_-_melhorias_na_estiva_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1370/indicacao_no_061_de_18_de_fevereiro_de_2025_-_aquisicao_de_carro_para_iluminacao_publica_-_francinildo_aquino.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1371/indicacao_no_062_de_25_de_fevereiro_de_2025_-_reforma_caixa_agua_barro_branco_-_edivan_fernandes.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1372/indicacao_no_063_de_25_de_fevereiro_de_2025_-_construcao_de_academias_da_saude_no_dique_-_edivan_fernandes.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1373/indicacao_no_064_de_25_de_fevereiro_de_2025_-disponibilizacao_de_carro_para_criancas_atipicas_-_edivan_fernandes.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1374/indicacao_no_065_de_25_de_fevereiro_de_2025_-_construcao_de_academias_da_saude_bairros_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1375/indicacao_no_066_de_25_de_fevereiro_de_2025_-_construcao_de_ubs_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1376/indicacao_no_067_de_25_de_fevereiro_de_2025_-_reforma_do_matadouro_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1377/indicacao_no_068_de_25_de_fevereiro_de_2025_-_levantamento_tecnico_no_santo_alexandre_-_francinildo_aquino.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1378/indicacao_no_069_de_25_de_fevereiro_de_2025_-_contratacao_de_agentes_de_saude_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1379/indicacao_no_070_de_25_de_fevereiro_de_2025_-_peixamento_da_barragem_de_oiticica_-_marcione_araujo.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1380/indicacao_no_071_de_25_de_fevereiro_de_2025_-_sinalizacao_nova_barra_de_santana_-_augusto_calisson.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1381/indicacao_no_072_de_25_de_fevereiro_de_2025_-_ventilacao_e_cameras_no_ginasio-_romualdo_teixeira.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1382/indicacao_no_073_de_11_de_marco_de_2025_-_parquinho_infantil_nas_pracas_-_augusto_calisson.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1383/indicacao_no_074_de_11_de_marco_de_2025_-_curso_tecnico_ifrn_-_marcione_araujo.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1384/indicacao_no_075_de_11_de_marco_de_2025_-_dessalinizador_na_zona_rural_-_marcione_araujo.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1385/indicacao_no_076_de_11_de_marco_de_2025_-_iluminacao_nova_barra_de_santana_-_jubiratan_saldanha.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1386/indicacao_no_077_de_11_de_marco_de_2025_-_passagem_molhada_e_acesso_da_comunidade_acampamento_-_jubiratan_saldanha.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1387/indicacao_no_078_de_11_de_marco_de_2025_-_anel_viario-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1388/indicacao_no_079_de_11_de_marco_de_2025_-_pl_auxilio_garis-_romualdo_teixeira.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1389/indicacao_no_080_de_11_de_marco_de_2025_-_climatizacao_lar_do_idoso-_romualdo_teixeira.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1390/indicacao_no_081_de_11_de_marco_de_2025_-_passagem_molhada_cacimbas_-_alan_amaral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1391/indicacao_no_082_de_11_de_marco_de_2025_-_mata-burro_cacimbas_e_adeque_-_alan_amaral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1392/indicacao_no_083_de_11_de_marco_de_2025_-_doadores_de_sangue_carros_-_alan_amaral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1393/indicacao_no_084_de_11_de_marco_de_2025_-_sinal_da_tim_comunidades_rurais_-_rubens_batista.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1394/indicacao_no_085_de_18_de_marco_de_2025_-_coletores_de_lixo_para_comunidades_rurais_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1395/indicacao_no_086_de_18_de_marco_de_2025_-_passagem_de_esgoto_mercadinho_de_eduardo_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1396/indicacao_no_087_de_18_de_marco_de_2025_-_construcao_de_calcamentos_vila_do_velame_-_edivan_fernandes.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1397/indicacao_no_088_de_18_de_marco_de_2025_-_distribuicao_de_peixes_-_rubens_batista.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1398/indicacao_no_089_de_18_de_marco_de_2025_-_construcao_creche_boi_selado_-_rubens_batista.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1399/indicacao_no_090_de_18_de_marco_de_2025_-_coletores_na_cidade_-augusto_calisson.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1400/indicacao_no_091_de_18_de_marco_de_2025_-_agua_riacho_de_santana-_jubiratan_saldanha.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1401/indicacao_no_092_de_18_de_marco_de_2025_-_construcao_de_praca_na_aroeira-_jubiratan_saldanha.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1402/indicacao_no_093_de_18_de_marco_de_2025_conclusao_das_quadras_e_materiais_esportivos_-_jubiratan_saldanha.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1403/indicacao_no_094_de_18_de_marco_de_2025_-_corrida_de_rua_em_barra_de_santana_-_romualdo_teixeira.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1404/indicacao_no_095_de_25_de_marco_de_2025_-_tec._enfermagem_sao_braz_e_sao_bento_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1406/indicacao_no_097_de_25_de_marco_de_2025_-_servico_de_capinagem_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1407/indicacao_no_098_de_25_de_marco_de_2025_-_construcao_de_quadra_lagoa_-augusto_calisson.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1408/indicacao_no_099_de_01_de_abril_de_2025_-_construcao_de_pista_de_motocross_-augusto_calisson.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1409/indicacao_no_100_de_01_de_abril_de_2025_-troca_de_lampadas_-augusto_calisson.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1410/indicacao_no_101_de_01_de_abril_de_2025_-_limpeza_praca_bela_vista_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1411/indicacao_no_102_de_01_de_abril_de_2025_-_reparo_serra_de_joao_do_vale_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1412/indicacao_no_103_de_01_de_abril_de_2025_-_perfuracao_de_poco_arroz_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1413/indicacao_no_104_de_01_de_abril_de_2025_-_abrigo_para_animais_-_alan_amaral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1414/indicacao_no_105_de_01_de_abril_de_2025_-_carteira_de_identificacao_pcd_-_alan_amaral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1415/indicacao_no_106_de_01_de_abril_de_2025_-calcamento_terezinha_lula_de_queiroz_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1416/indicacao_no_107_de_01_de_abril_de_2025_-pista_de_whelling_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1417/indicacao_no_108_de_01_de_abril_de_2025_-_atendimento_servidores_-_marcione_araujo.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1418/indicacao_no_109_de_01_de_abril_de_2025_-_ubs_horario_de_almoco_-_marcione_araujo.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1419/indicacao_no_110_de_08_de_abril_de_2025_-_reparos_no_calcamento_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1420/indicacao_no_111_de_08_de_abril_de_2025_-_materiais_esportivos_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1421/indicacao_no_112_de_08_de_abril_de_2025_-_construcao_de_calcamento_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1422/indicacao_no_113_de_08_de_abril_de_2025_-_retirada_de_serrote_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1423/indicacao_no_114_de_08_de_abril_de_2025_-_construcao_de_garagem_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1424/indicacao_no_115_de_08_de_abril_de_2025_-recepcionista_centro_adm_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1425/indicacao_no_116_de_08_de_abril_de_2025_-_guia_turistico_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1426/indicacao_no_117_de_08_de_abril_de_2025_-_carro_fumace_-_edivan_fernandes.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1427/indicacao_no_118_de_08_de_abril_de_2025_-_condutor_de_ambulancia_-_edivan_fernandes.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1428/indicacao_no_119_de_08_de_abril_de_2025_-audiencia_publica_-augusto_calisson.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1429/indicacao_no_120_de_15_de_abril_de_2025_-_centro_de_fisioterapia-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1430/indicacao_no_121_de_15_de_abril_de_2025_-_barbearia_municipal_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1431/indicacao_no_122_de_15_de_abril_de_2025_-_van_suas_-_marcione_araujo.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1432/indicacao_no_123_de_15_de_abril_de_2025_-_zenade_maia_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1433/indicacao_no_124_de_15_de_abril_de_2025_-_natalia_bonavides_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1434/indicacao_no_125_de_15_de_abril_de_2025_-_fernando_mineiro_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1435/indicacao_no_126_de_22_de_abril_de_2025_-_robinson_faria_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1436/indicacao_no_127_de_22_de_abril_de_2025_-_canos_de_motos_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1437/indicacao_no_128_de_22_de_abril_de_2025_-_reforma_e_ampliacao_cemiterio_boi_selado_-_rubens_batista.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1438/indicacao_no_129_de_22_de_abril_de_2025_-_doacao_de_grupo_escolar_barro_branco_-_edivan_fernandes.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1439/indicacao_no_130_de_22_de_abril_de_2025_-construcao_de_viveros_de_plantas_-augusto_calisson.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1440/indicacao_no_131_de_22_de_abril_de_2025_-_incendio_lixao_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1441/indicacao_no_132_de_22_de_abril_de_2025_-_contrucao_de_quebra-molas_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1442/indicacao_no_133_de_22_de_abril_de_2025_-_contrucao_de_mata-burros_manuim_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1443/indicacao_no_134_de_22_de_abril_de_2025_-_banheiros_quadra_do_sao_braz_sao_bento__-_romualdo_teixeira.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1444/indicacao_no_135_de_22_de_abril_de_2025_-_paralisacao_da_obra_da_rn-118_-_jubiratan_saldanha.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1445/indicacao_no_136_de_22_de_abril_de_2025_-_construcao_de_cisternas_-_jubiratan_saldanha.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1446/indicacao_no_137_de_29_de_abril_de_2025_-_castracao_de_animais_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1447/indicacao_no_138_de_29_de_abril_de_2025_-_sala_dos_acs_ubs_vila_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1448/indicacao_no_139_de_29_de_abril_de_2025_-_quadra_de_areia_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1449/indicacao_no_140_de_29_de_abril_de_2025_-_entrega_de_escritura_publicas_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1450/indicacao_no_141_de_29_de_abril_de_2025_-_quebra-molas_na_rua_santa_luzia_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1451/indicacao_no_142_de_29_de_abril_de_2025_-_sinalizacao_mossoro_-augusto_calisson.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1452/indicacao_no_143_de_29_de_abril_de_2025_-_recuperacao_calcamento-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1453/indicacao_no_144_de_06_de_maio_de_2025_-_construcao_de_pocilga_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1454/indicacao_no_145_de_06_de_maio_de_2025_-criacao_de_pevs_-augusto_calisson.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1455/indicacao_no_146_de_06_de_maio_de_2025_-_recuperacao_estradas_vicinais_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1456/indicacao_no_147_de_06_de_maio_de_2025_-_banheiros_no_cemiterio_-_marcione_araujo.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1457/indicacao_no_148_de_06_de_maio_de_2025_-_coletores_de_lixo_-_marcione_araujo.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1458/indicacao_no_149_de_06_de_maio_de_2025_-_sin_patinhas_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1515/indicacao_no_150_de_13_de_maio_de_2025_-_praca_na_serra_de_joao_do_vale_-_rubens_batista.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1516/indicacao_no_151_de_13_maio_de_2025_-_sinalizacao_das_estradas_vicinais_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1517/indicacao_no_152_de_13_maio_de_2025_-_recuperacao_asfalto_rn-118_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1535/indicacao_no_153_de_13_de_maio_de_2025_-_faixa_de_pedestre_central_do_cidadao_-_romualdo_teixeira.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1518/indicacao_no_154_de_13_de_maio_de_2025_-_agua_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1519/indicacao_no_155_de_13_de_maio_de_2025_-_corte_de_terra_continuidade_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1523/indicacao_no_156_de_20_maio_de_2025_-_limpeza_meio-fio_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1524/indicacao_no_157_de_20_de_maio_de_2025_-fardamento_garis_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1525/indicacao_no_158_de_20_de_maio_de_2025_-_instalacao_de_pocos_-augusto_calisson.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1536/indicacao_no_159_de_20_de_maio_de_2025_-_energia_solar_bombas_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1526/indicacao_no_160_de_20_de_maio_de_2025_-_notifica_donos_de_terrenos_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1528/indicacao_no_161_de_27_maio_de_2025_-_construcao_de_calcamento_abraao_lopes_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1529/indicacao_no_162_de_27_de_maio_de_2025_-_cirurgias_eletivas_semanalmente_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1530/indicacao_no_163_de_27_de_maio_de_2025_-_quadra_da_mutamba_-_rubens_batista.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1531/indicacao_no_165_de_27_de_maio_de_2025_-_mata-burro_malhada_vermelha_-_francinildo_aquino.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1537/indicacao_no_166_de_03_de_junho_de_2025_-_pocos_exercito_-augusto_calisson.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1538/indicacao_no_167_de_03_de_junho_de_2025_-_gari_boi_selado_-_rubens_batista.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1539/indicacao_no_168_de_03_de_junho_de_2025_-_faixa_de_pedestre_espaco_do_estudante_-_romualdo_teixeira.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1540/indicacao_no_169_de_03_de_junho_de_2025_-_nomeacao_do_compleco_oiticica_-_marcione_araujo.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1541/indicacao_no_170_de_03_de_junho_de_2025_-_poco_comunidade_salina_1_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1542/indicacao_no_171_de_03_de_junho_de_2025_-_assistente_social_e_psicologo_nas_escolas_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1544/indicacao_no_172_de_10_de_junho_de_2025_-_poco_no_sitio_barros_-_jubiratan_saldanha.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1545/indicacao_no_173_de_10_de_junho_de_2025_-_atendimento_medico_agrovila_-_jubiratan_saldanha.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1546/indicacao_no_174_de_10_de_junho_de_2025_-_limpeza_e_pintura_meio-fio_barra_de_santana_-_jubiratan_saldanha.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1547/indicacao_no_175_de_10_de_junho_de_2025_-_peliculas_nos_onibus_escolar_-augusto_calisson.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1548/indicacao_no_176_de_10_de_junho_de_2025_-_roco_rn-118_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1549/indicacao_no_177_de_10_de_junho_de_2025_-_pediatra_semanalmente-_romualdo_teixeira.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1556/indicacao_no_178_de_17_de_junho_de_2025_-_parque_barra_de_santana__-augusto_calisson.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1557/indicacao_no_179_de_17_de_junho_de_2025_-_piso_ceramico_nas_escolas_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1558/indicacao_no_180_de_17_de_junho_de_2025_-_construcao_de_calcamento_novo_rumo_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1559/indicacao_no_181_de_17_de_junho_de_2025_-_poco_riachao_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1563/indicacao_no_182_de_24_de_junho_de_2025_-_camera_de_seguranca_barra_de_santana_-_jubiratan_saldanha.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1564/indicacao_no_183_de_24_de_junho_de_2025_-_contratacao_agentes_de_saude_-_jubiratan_saldanha.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1565/indicacao_no_184_de_24_de_junho_de_2025_-_academia_da_saude_barra_aroeira_sao_braz_sao_bento_-_jubiratan_saldanha.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1566/indicacao_no_185_de_24_de_junho_de_2025_-_corrimao_na_ponte_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1567/indicacao_no_186_de_24_de_junho_de_2025_-_ubs_jangada_-_rubens_batista.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1568/indicacao_no_187_de_24_de_junho_de_2025_-_reforma_banheiro_praca_newman_-_marcione_araujo.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1574/indicacao_no_188_de_01_de_julho_de_2025_-_asfalto_rua_sao_miguel-_romualdo_teixeira.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1575/indicacao_no_189_de_01_de_julho_de_2025_-_identificacao_e_fardamento_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1576/indicacao_no_190_de_01_de_julho_de_2025_-_desosseareamento_do_rio_adeque_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1577/indicacao_no_191_de_01_de_julho_de_2025_-_sinalizacao_rn-118_em_frente_a_delegacia_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1578/indicacao_no_192_de_01_de_julho_de_2025_-_remocao_de_bomba__-augusto_calisson.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1583/indicacao_no_193_de_01_de_julho_de_2025_-_asfalto_rua_celso_fernandes-_alan_oliveira.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1584/indicacao_no_194_de_15_de_julho_de_2025_-_parada_de_onibus_cacimbas__-augusto_calisson.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1585/indicacao_no_195_de_15_de_julho_de_2025_-_banheiros_praca_barra_de_santana__-augusto_calisson.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1586/indicacao_no_196_de_15_de_julho_de_2025_-_mata-burro_malhada_lagoa_seca_-_francinildo_aquino.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1588/indicacao_no_197_de_05_de_agosto_de_2025_-_sessao_solene__-augusto_calisson.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1589/indicacao_no_198_de_05_de_agosto_de_2025_-_acostamento_tapera-_marcione_araujo.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1590/indicacao_no_199_de_05_de_agosto_de_2025_-_iluminacao_rua_vereador_augusto_queiroz_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1591/indicacao_no_200_de_12_de_agosoto_de_2025_-_audiencia_publica_transito_-_romualdo_teixeira.docx.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1592/indicacao_no_201_de_12_de_agosto_de_2025_-_rua_pacifico_clementino_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1594/indicacao_no_202_de_19_de_agosto_de_2025_-_calcadao_rn-118_-_jubiratan_saldanha.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1595/indicacao_no_203_de_19_de_agosto_de_2025_-_acao_saude_barra_-_jubiratan_saldanha.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1596/indicacao_no_204_de_19_de_agosto_de_2025_-_portico_entrada_barra_de_santana_-_jubiratan_saldanha.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1597/indicacao_no_205_de_19_de_agosto_de_2025_-_pm_no_hospital_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1598/indicacao_no_206_de_19_de_agosto_de_2025_-recepcionista_hospital_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1599/indicacao_no_207_de_19_de_agosto_de_2025_-_bomba_de_infusao_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1600/indicacao_no_208_de_19_de_agosto_de_2025_-_portico_boi_selado_-_rubens_batista.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1601/indicacao_no_209_de_19_de_agosto_de_2025_-_quebra-mola_boi_selado_-_rubens_batista.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1602/indicacao_no_210_de_19_de_agosto_de_2025_-_quebra-mola_otavio_lamartine_-_marcione_araujo.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1603/indicacao_no_211_de_19_de_agosto_de_2025_-_encontro_de_filarmonicas_-_alan_oliveira.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1604/indicacao_no_212_de_19_de_agosto_de_2025_-_orientacao_mina_de_ferro_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1609/indicacao_no_213_de_26_de_agosto_de_2025_-_ronda_escolares__-augusto_calisson.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1610/indicacao_no_214_de_26_de_agosto_de_2025_-_banheiros_no_lopao_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1611/indicacao_no_215_de_26_de_agosto_de_2025_-_rondas_no_dique_-_romualdo_teixeira.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1612/indicacao_no_216_de_26_de_agosto_de_2025_-_coeltor_de_lixo_no_barro_branco_e_riachao_-_edivan_fernandes.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1613/indicacao_no_217_de_02_de_setembro_de_2025_-__audiencia_de_plano_de_cargo_-_alan_amaral.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1614/indicacao_no_218_de_02_de_setembro_de_2025_-_lampadas_e_rede_de_protecao_quadra_do_riacha_-_edivan_fernandes.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1615/indicacao_no_219_de_02_de_setembro_de_2025_-_portico_e_parque_tematico_-_edivan_fernandes.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1616/indicacao_no_220_de_02_de_setembro_de_2025_-_psicologo_hospital_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1617/indicacao_no_221de_02_de_setembro_de_2025_-_assembleia_cidada_-__romulo_-_alan_-_marcione_-_romualdo-_edivan.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1618/indicacao_no_222_de_02_de_setembro_de_2025_-_parque_pcd_-_romualdo_teixeira.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1620/indicacao_no_223_de_09_de_setembro_de_2025_-_motorista_conselho_tutelar_-_romualdo_teixeira.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1621/indicacao_no_224_de_09_de_setembro_de_2025_-_estrada_da_aroeira_-_jubiratan_saldanha.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1622/indicacao_no_225_de_09_de_setembro_de_2025_-_medico_sao_braz_-_jubiratan_saldanha.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1623/indicacao_no_226_de_02_de_setembro_de_2025_-_audiencia_publica_ifrn_-_francinildo_aquino.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1624/indicacao_no_227_de_09_de_setembro_de_2025_-_internet_zona_rural_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1625/indicacao_no_228_de_09_de_setembro_de_2025_-_profissional_ef_no_sitio_cacimbas_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1626/indicacao_no_229_de_09_de_setembro_de_2025_-_reforma_ubs_cacimbas_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1629/indicacao_no_230_de_16_de_setembro_de_2025_-_pericia_inss__-augusto_calisson.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1630/indicacao_no_231_de_16_de_setembro_de_2025_-_ciclovia_barragem__-augusto_calisson.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1631/indicacao_no_232_de_16_de_setembro_de_2025_-_emendas_impositivas_-_francinildo_aquino.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1632/indicacao_no_233_de_23_de_setembro_de_2025_-_farmacia_hospital_-_romualdo_teixeira.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1633/indicacao_no_234_de_23_de_setembro_de_2025_-_quadra_do_espinheiro_-_rubens_batista.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1634/indicacao_no_235_de_23_de_setembro_de_2025_-_exames_laboratoriais_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1636/indicacao_no_236_de_30_de_setembro_de_2025_-_pl_tec._radiologias_-_romualdo_teixeira.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1637/indicacao_no_237_de_30_de_setembro_de_2025_-_ponto_caern_central_-_romualdo.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1638/indicacao_no_238_de_30_de_setembro_de_2025_-_lixo_barro_branco_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1639/indicacao_no_239_de_30_de_setembro_de_2025_-_reforma_praca_dos_freitas_-_francinildo_aquino.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1640/indicacao_no_240_de_07_de_outubro_de_2025_-_dessalinizador_saco_grande_-_rubens_batista.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1641/indicacao_no_241_de_07_de_outubro_de_2025_-_limpeza_cemiterio_barra_-_jubiratan_saldanha.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1642/indicacao_no_242_de_09_de_outubro_de_2025_-_limpeza_rua_15_de_novembro_-_marcione_araujo.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1643/indicacao_no_243_de_07_de_outubro_de_2025_-_escola_santa_rita_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1644/indicacao_no_244_de_07_de_outubro_de_2025_-_parada_de_onibus_santa_rita_adeque_e_boi_selado_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1645/indicacao_no_245_de_07_de_outubro_de_2025_-_cana_de_acucar_para_os_produtores_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1646/indicacao_no_246_de_07_de_outubro_de_2025_-_escola_pangoa_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1647/indicacao_no_247_de_07_de_outubro_de_2025_-_cursinho_concurso_publico_-_romualdo.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1654/indicacao_no_248_de_14_de_outubro_de_2025_-_campo_de_futebol_comunidades_rurais_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1655/indicacao_no_249_de_14_de_outubro_de_2025_-_entrega_do_mercado_e_matadouro_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1656/indicacao_no_250_de_14_de_outubro_de_2025_-_emprestimos_consignado_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1659/indicacao_no_251_de_28_de_outubro_de_2025_-_agua_riacho_de_santana_-_jubiratan_saldanha.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1660/indicacao_no_252_de_28_de_outubro_de_2025_-_passagem_molhada_netinho_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1661/indicacao_no_253_de_28_de_outubro_de_2025_-_climatizacao_ubs_-_romualdo.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1662/indicacao_no_254_de_28_de_outubro_de_2025_-_cadeiras_de_rodas_camara_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1665/indicacao_no_255_de_04_de_novembro_de_2025_-_passagem_molhada_comunidade_acampamento_-_jubiratan_saldanha.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1666/indicacao_no_256_de_04_de_novembro_de_2025_-_emissao_rg_barra_de_santana_-_jubiratan_saldanha.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1667/indicacao_no_257_de_04_de_novembro_de_2025_-_emissao_rg_boi_selado_-_rubens_batista.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1668/indicacao_no_258_de_04_de_novembro_de_2025_-_emissao_rg_santa_rita_e_retiro_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1669/indicacao_no_259_de_11_de_novembro_de_2025_-_moto_fest_jucurutu_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1670/indicacao_no_260_de_11_de_novembro_de_2025_-_calcamento_-_coletiva.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1671/indicacao_no_261_de_11_de_novembro_de_2025_-_lampada_loca_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1672/indicacao_no_262_de_11_de_novembro_de_2025_-_audiencia_publica_-_francinildo_aquino.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1673/indicacao_no_263_de_18_de_novembro_de_2025_-_reguas_antopometricas__-augusto_calisson.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1674/indicacao_no_264_de_18_de_novembro_de_2025_-_espaco_sensorial__-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1675/indicacao_no_265_de_18_de_novembro_de_2025_-_banheiros_quimicos__-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1676/indicacao_no_266_de_18_de_novembro_de_2025_-_estudo_topografico_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1677/indicacao_no_267_de_18_de_novembro_de_2025_-_mata-burro_serra_-_francinildo_aquino.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1680/indicacao_no_268_de_25_de_novembro_de_2025_-_implementacao_da_sec._da_mulher_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1681/indicacao_no_269_de_25_de_novembro_de_2025_-_conselho_da_mulher_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1684/indicacao_no_270_de_02_de_dezembro_de_2025_-_extensao_rua_severino_martins_-_francinildo_aquino.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1685/indicacao_no_271_de_02_de_dezembro_de_2025_-_areninha_society_-_romualdo.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1686/indicacao_no_272_de_02_de_dezembro_de_2025_-_praca_boi_selado_-_rubens_batista.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1459/requerimento_01-2025-_solicita_informacoes_a_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1463/requerimento_02-2025-_solicita_informacoes__-_jubiratan.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1527/requerimento_04-2025-_solicita_informacoes_a_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1532/requerimento_05-2025-_solicita_informacoes_a_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1550/requerimento_06-2025_-_comissao_especial.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1560/requerimento_07-2025-_solicita_informacoes_a_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1569/requerimento_08-2025-_solicita_informacoes_a_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1581/requerimento_09-2025-_solicita_convocacao.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1657/requerimento_10-2025-_solicita_informacoes_a_prefeitura_-_jubiratan.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1480/projeto_de_resolucao_no_001_de_25_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1477/projeto_de_decreto_legislativo_n._001-2025_-__presidente_lula.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1478/projeto_de_decreto_legislativo_n._002-2025_-__governadora_fatima.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1479/projeto_de_decreto_legislativo_n._003-2025_-__jair_bolsonaro.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1461/projeto_de_lei_no_001-2025_-_jose_ilo_-_quadra_de_esportes.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1462/projeto_de_lei_no_002-2025_-utilidade_publica.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1465/projeto_de_lei_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1466/projeto_de_lei_do_legislativo_de_no_004-_2025_-.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1467/projeto_de_lei_no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1468/projeto_de_lei_n_006_de_14_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1469/projeto_de_lei_n_007_de_01_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1470/pl_do_legislativo_no_008_-_2025_altera_a_lei_777_-_2013.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1471/projeto_de_lei_n_009_de_22_de_abril_de_2025_-_francinildo_aquino.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1533/projeto_de_lei_do_legislativo_n_010-2025.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1520/pl_n_011_de_13_de_maio_de_2025_-_jubiratan.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1521/pl_n_012_de_13_de_maio_de_2025_-_augusto_calisson.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1522/pl_n_013_de_20_de_maio_de_2025_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1534/pl_n_014_de_20_de_maio_de_2025_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1593/projeto_de_lei_categoria_95kg.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1607/projeto_de_lei_no_016-2025_-_banda_de_musica_-_alan.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1608/projeto_de_lei_no_017-2025_-_patrimonio_sao_joao_do_seu_juca_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1628/projeto_de_lei_do_legislativo_n_018-2025.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1682/projet1.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1664/projeto_de_lei_do_legislativo_n_020-2025.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1683/projeto_de_lei_no_021-2025_-_utilidade_publica.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1460/pl10331.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1472/pl_no_1.034_-2025_altera_lei_complementar.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1473/pl_no_1.035-2025_dispoe_sobre_a_criacao_de_verbas_indenizat.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1474/pl_1.036-2025.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1475/pl_-_1.037_dispoe_sobre_a_formalizacao_de_plantoes_de_servidores_da_secretaria_municipal_de_saude_publica_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1476/pl_-_ldo.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1491/parece1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1494/comiss1.doc.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1497/parece1.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1500/comissao_de_financas_1037.2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1502/comissao_de_financas_ldo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1505/comissao_de_fin._-_projeto_003-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1507/comissao_de_financas_-_projeto_004-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1509/comiss2.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1513/comissao_de_financas_-_projeto_008-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1492/parece2.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1493/parece1.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1496/comiss2.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1501/comissao_legislacao_-_plantoes.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1503/parecer_comissao_ldo.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1504/parecer_comissoes_-_ava.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1506/parece2.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1508/parece2.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1510/parece3.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1511/parecer_comissao_de_legislacao_-_projeto_rubens.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1512/parecer_comissao_de_legislacao_-_projeto_fogos.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1514/parecer_comissao_legislacao.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1571/mensagem_de_veto_total_-_projeto_de_lei_no_9_de_22_de_abril_de_2025_-_percentual_minimo_de_idade_de_50_anos_em_concurso_publico_e_contratacoes_2.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1572/mensagem_de_veto_total_-_projeto_de_lei_no_11_de_13_de_maio_de_2025_-_isencao_de_iptu_-_proprietario__de_imovel_...em_tratamento_contra_neoplasia_maligna_.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1573/mensagem_de_veto_total_-_emenda_modificativa_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1495/emenda_modificativa_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1498/emenda1.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1499/emenda2.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1481/mocao_no_001_de_18_de_fevereiro_de_2025__-_parabens_a_dr._isac_jordao__-_romualdo_teixeira.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1482/mocao_no_002_de_18_de_fevereiro_de_2025__-_pesar_clodoaldo_justiniano_-_edivan_fernandes.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1483/mocao_no_003_de_18_de_fevereiro_de_2025__-_pesar_henrique_brito_-_jubiratan_saldanha.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1484/mocao_no_004_de_25_de_fevereiro_de_2025__-_pesar_celimar_-_da_guia.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1485/mocao_no_005_de_11_de_marco_de_2025__-_parabens_guarani_sao_braz_-_jubiratan.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1486/mocao_no_006_de_11_de_marco_de_2025__-_parabens_dia_da_mulher_-_da_guia.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1487/mocao_no_007_de_25_de_marco_de_2025__-_pesar_maria_lima_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1488/mocao_no_008_de_15_de_abril_de_2025__-_pesar_raniery_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1489/mocao_no_009_de_15_de_abril_de_2025__-_pesar_maria_celina_-_romualdo_teixeira.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1490/mocao_no_010_de_06_de_maio_de_2025__-_pesar_socorro_morais_-_augusto_marcione_da_guia.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1543/mocao_no_011_de_03_de_junho_de_2025__-_aplauso_e_reconhecimento_-__marcione.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1551/mocao_no_012_de_10_de_junho_de_2025__-_aplauso__-__francinildo.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1552/mocao_no_013_de_10_de_junho_de_2025__-_pesar_joao_batista_-_marcione.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1553/mocao_no_014_de_10_de_junho_de_2025__-_pesar_eva_francisca_-_marcione.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1554/mocao_no_015_de_10_de_junho_de_2025__-_pesar_ze_bigodao_-_rubens.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1555/mocao_no_016_de_10_de_junho_de_2025__-_agradecimento__-__jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1561/mocao_no_017_de_17_de_junho_de_2025__-_pesar_maria_auxiliadora_-_rubens.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1562/mocao_no_018_de_17_de_junho_de_2025__-_apaluso_a_1a_expo_juca__-__jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1570/mocao_no_019_de_24_de_junho_de_2025__-_agradecimento_pelo_sao_joao_-__jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1579/mocao_no_020_de_01_de_julho_de_2025__-_agradecimento_pelo_acostamento_-__jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1580/mocao_no_021_de_01_de_julho_de_2025__-_aplausos_a_lidja_kalliny_-__alan_oliveira.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1582/mocao_no_022_de_08_de_julho_de_2025_-_aplausos_a_escola_newman_queiroz_-_augusto_diniz.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1587/mocao_no_023_de_15_de_julho_de_2025__-_aplausos_a_padre_carlos_-_da_guia.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1605/mocao_no_024_de_19_de_agosto_de_2025__-_congratulacoes_para_joao_medeiros_-_da_guia.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1606/mocao_no_025_de_19_de_agosoto_de_2025__-_pesar_gabriel_alexandre_-_romualdo.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1619/mocao_no_026_de02_de_setembro_de_2025__-_pesar_osman_-_marcione.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1627/mocao_no_027_de_09_de_setembro_de_2025__-_parabens_equipe_barra_de_santana_-_jubiratan.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1635/mocao_no_028_de_23_de_setembro_de_2025__-_agradecimento_sec._educacao_-__jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1648/mocao_no_029_de_30_de_setembro_de_2025__-_congratulacoes_a_equipe_da_festa_sao_miguel_-_da_guia.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1651/mocao_no_030_de_07_de_outubro_de_2025__-_agradecimento_estrada_da_barra-__jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1652/mocao_no_031_de_07_de_outubro_de_2025__-_escola_tia_dimir_-__maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1653/mocao_no_032_de_14_de_outubro_de_2025__-_aplausos_pelo_desfile_-__jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1658/mocao_no_033_de_21_de_outubro_de_2025__-_professores_-_augusto_e_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1663/mocao_no_034_de_28_de_outubro_de_2025__-_agradecimento_ao_sr_ricardo_-__jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1678/mocao_no_035_de_18_de_novembro_de_2025__-_agradecimento_ao_der_-__jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1679/mocao_no_036_de_18_de_novembro_de_2025__-_parabens_ao_sao_bento_-__jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1688/mocao_no_037_de_02_de_dezembri_de_2025__-_parabens_ao_sindicato_-__jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1310/indicacao_no_001_de_04_de_fevereiro_de_2025_-_parade_de_onibus_no_sitio_loca_-_augusto_calisson.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1311/indicacao_no_002_de_04_de_fevereiro_de_2025_-_projeto_de_arborizacao_barra_de_santana_-_augusto_calisson.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1312/indicacao_no_003_de_04_de_fevereiro_de_2025_-_piso_salarial_dos_professores_-_augusto_calisson.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1313/indicacao_no_004_de_04_de_fevereiro_de_2025_-_iluminacao_publica_no_trecho_da_laticinios__e_massas_juct_-_romualdo_teixeira.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1314/indicacao_no_005_de_04_de_fevereiro_de_2025_-_rua_einar_rufino_-_esgotos_-_romualdo_teixeira.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1315/indicacao_no_006_de_04_de_fevereiro_de_2025_-_melhorias_nas_escolas_espinheiro_e_pedra_branca_-_rubens_batista.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1316/indicacao_no_007_de_04_de_fevereiro_de_2025_-_passagem_molhada_da_malhada_vermelha_-_rubens_batista.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1317/indicacao_no_008_de_04_de_fevereiro_de_2025_-_limpeza_dique_e_manutencao_das_bombas_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1318/indicacao_no_009_de_04_de_fevereiro_de_2025_-__pocos_tubulares_-_cha_felix_e_lagoa_seca_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1319/indicacao_no_010_de_04_de_fevereiro_de_2025_-_parque_infantil_santo_alexandre_-_francinildo_aquino.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1320/indicacao_no_011_de_04_de_fevereiro_de_2025_-_extensao_de_rede_pedra_do_navio_-_francinildo_aquino.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1321/indicacao_no_012_de_04_de_fevereiro_de_2025_-_aquisicao_de_materia-prima_para_mata-burro_-_francinildo_aquino.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1322/indicacao_no_013_de_04_de_fevereiro_de_2025_-_iluminacao_publica_-_vila_velame-_pedra_navio_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1323/indicacao_no_014_de_04_de_fevereiro_de_2025_-_passagens_molhadas__-_tapera_loca_sao_braz_e_barro_branco_-_jubiratan_saldanha.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1324/indicacao_no_015_de_04_de_fevereiro_de_2025_-_agilidade_nos_cortes_de_terra_-_jubiratan_saldanha.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1325/indicacao_no_016_de_04_de_fevereiro_de_2025_-_retorno_do_carro_da_saude_-_jubiratan_saldanha.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1326/indicacao_no_017_de_04_de_fevereiro_de_2025_-_construcao_de_banheiros_-_junior_de_dequinha.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1327/indicacao_no_018_de_04_de_fevereiro_de_2025_-_roco_das_estradas_vicinais_-_junior_de_dequinha.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1328/indicacao_no_019_de_11_de_fevereiro_de_2025_-_calcamento_aroeira_sao_braz_e_agrovila_-_jubiratan_saldanha.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1329/indicacao_no_020_de_11_de_fevereiro_de_2025_-_construcao_ubs_sao_braz_-_jubiratan_saldanha.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1330/indicacao_no_021_de_11_de_fevereiro_de_2025_-_reforma_das_escolas_rurais_-_jubiratan_saldanha.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1331/indicacao_no_022_de_11_de_fevereiro_de_2025_-_forro_e_climatizacao_nas_escolas_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1332/indicacao_no_023_de_11_de_fevereiro_de_2025_-_calcadao__-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1333/indicacao_no_024_de_11_de_fevereiro_de_2025_-_coberturas_ubs__-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1334/indicacao_no_025_de_11_de_fevereiro_de_2025_-_escola_tia_dimir_-_romualdo_teixeira.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1335/indicacao_no_026_de_11_de_fevereiro_de_2025_-_calcamento_riachao_-_edivan_fernandes.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1336/indicacao_no_027_de_11_de_fevereiro_de_2025_-_rede_de_protecao_quadra_do_riacha_-_edivan_fernandes.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1337/indicacao_no_028_de_11_de_fevereiro_de_2025_-_rede_de_esgotos_administracao_caern_-_edivan_fernandes.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1338/indicacao_no_029_de_11_de_fevereiro_de_2025_-_calcamento_rua_santa_terezinha_-_augusto_diniz.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1339/indicacao_no_030_de_11_de_fevereiro_de_2025_-_faixa_de_pedestre_-_augusto_calisson.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1340/indicacao_no_031_de_11_de_fevereiro_de_2025_-_cobertura_quadra_do_sao_braz_sao_bento_e_aroeira_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1341/indicacao_no_032_de_11_de_fevereiro_de_2025_-_instalacao_de_placas_com_o_nome_dos_sitios_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1342/indicacao_no_033_de_11_de_fevereiro_de_2025_-_recuperacao_predio_assistenica_boi_selado_-_rubens_batista.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1343/indicacao_no_034_de_11_de_fevereiro_de_2025_-_recuperacao_calcamento_boi_selado_-_rubens_batista.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1344/indicacao_no_035_de_11_de_fevereiro_de_2025_-_caixa_agua_lagoa_seca_-_francinildo_aquino.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1345/indicacao_no_036_de_11_de_fevereiro_de_2025_-_aterro_nos_calcamentos_-_francinildo_aquino.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1346/indicacao_no_037_de_11_de_fevereiro_de_2025_-_climatizacao_tia_dimir_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1347/indicacao_no_038_de_11_de_fevereiro_de_2025_-_conclusao_qaudra_retiro_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1348/indicacao_no_039_de_18_de_fevereiro_de_2025_-_melhorias_gerais_do_cemiterio_nova_barra_-_jubiratan_saldanha.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1349/indicacao_no_040_de_18_de_fevereiro_de_2025_-_construcao_de_caixa_de_agua_na_loca_-_romualdo_teixeira.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1350/indicacao_no_041_de_18_de_fevereiro_de_2025_-_construcao_do_polo_industrial_-_romualdo_teixeira.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1351/indicacao_no_042_de_18_de_fevereiro_de_2025_-_construcao_de_centro_de_velorio_em_jucurutu_-_romualdo_teixeira.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1352/indicacao_no_043_de_18_de_fevereiro_de_2025_-_construcao_caixa_agua_boi_selado_-_edivan_fernandes.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1353/indicacao_no_044_de_18_de_fevereiro_de_2025_-_distribuicao_de_leite_criancas_atipicas_-_edivan_fernandes.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1354/indicacao_no_045_de_18_de_fevereiro_de_2025_-_reforma_refletores_e_rede_protecao_quadra_novo_rumo_-_edivan_fernandes.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1355/indicacao_no_046_de_18_de_fevereiro_de_2025_-_construcao_de_quadra_no_tia_dimir_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1356/indicacao_no_047_de_18_de_fevereiro_de_2025_-_melhorias_quadra_da_santa_rita_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1357/indicacao_no_048_de_18_de_fevereiro_de_2025_-realizacao_de_concurso_publico_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1358/indicacao_no_049_de_18_de_fevereiro_de_2025_-_revitalizacao_dos_canteiros_-_marcione_araujo.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1359/indicacao_no_050_de_18_de_fevereiro_de_2025_-_adesao_ao_cis-amso_-_marcione_araujo.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1360/indicacao_no_051_de_18_de_fevereiro_de_2025_-_recuperacao_de_lombadas_-_marcione_araujo.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1361/indicacao_no_052_de_18_de_fevereiro_de_2025_-_construcao_de_lombadas_na_barra_de_santana_-_augusto_calisson.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1362/indicacao_no_053_de_18_de_fevereiro_de_2025_-_construcao_de_passagem_molhada_lagoa_-_augusto_calisson.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1363/indicacao_no_054_de_18_de_fevereiro_de_2025_-_contrucao_de_acostamento_-_augusto_calisson.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1364/indicacao_no_055_de_18_de_fevereiro_de_2025_-_reforma_dos_canteiros_rua_sao_miguel_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1365/indicacao_no_056_de_18_de_fevereiro_de_2025_-_construcao_de_quiosques_na_praca_novo_horizonte_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1366/indicacao_no_057_de_18_de_fevereiro_de_2025_-_construcao_de_calcamento_santa_terezinha_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1367/indicacao_no_058_de_18_de_fevereiro_de_2025_-_construcao_de_passagem_molhada_camilos_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1368/indicacao_no_059_de_18_de_fevereiro_de_2025_-_instalacao_da_guarda_municipal_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1369/indicacao_no_060_de_18_de_fevereiro_de_2025_-_melhorias_na_estiva_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1370/indicacao_no_061_de_18_de_fevereiro_de_2025_-_aquisicao_de_carro_para_iluminacao_publica_-_francinildo_aquino.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1371/indicacao_no_062_de_25_de_fevereiro_de_2025_-_reforma_caixa_agua_barro_branco_-_edivan_fernandes.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1372/indicacao_no_063_de_25_de_fevereiro_de_2025_-_construcao_de_academias_da_saude_no_dique_-_edivan_fernandes.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1373/indicacao_no_064_de_25_de_fevereiro_de_2025_-disponibilizacao_de_carro_para_criancas_atipicas_-_edivan_fernandes.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1374/indicacao_no_065_de_25_de_fevereiro_de_2025_-_construcao_de_academias_da_saude_bairros_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1375/indicacao_no_066_de_25_de_fevereiro_de_2025_-_construcao_de_ubs_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1376/indicacao_no_067_de_25_de_fevereiro_de_2025_-_reforma_do_matadouro_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1377/indicacao_no_068_de_25_de_fevereiro_de_2025_-_levantamento_tecnico_no_santo_alexandre_-_francinildo_aquino.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1378/indicacao_no_069_de_25_de_fevereiro_de_2025_-_contratacao_de_agentes_de_saude_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1379/indicacao_no_070_de_25_de_fevereiro_de_2025_-_peixamento_da_barragem_de_oiticica_-_marcione_araujo.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1380/indicacao_no_071_de_25_de_fevereiro_de_2025_-_sinalizacao_nova_barra_de_santana_-_augusto_calisson.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1381/indicacao_no_072_de_25_de_fevereiro_de_2025_-_ventilacao_e_cameras_no_ginasio-_romualdo_teixeira.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1382/indicacao_no_073_de_11_de_marco_de_2025_-_parquinho_infantil_nas_pracas_-_augusto_calisson.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1383/indicacao_no_074_de_11_de_marco_de_2025_-_curso_tecnico_ifrn_-_marcione_araujo.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1384/indicacao_no_075_de_11_de_marco_de_2025_-_dessalinizador_na_zona_rural_-_marcione_araujo.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1385/indicacao_no_076_de_11_de_marco_de_2025_-_iluminacao_nova_barra_de_santana_-_jubiratan_saldanha.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1386/indicacao_no_077_de_11_de_marco_de_2025_-_passagem_molhada_e_acesso_da_comunidade_acampamento_-_jubiratan_saldanha.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1387/indicacao_no_078_de_11_de_marco_de_2025_-_anel_viario-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1388/indicacao_no_079_de_11_de_marco_de_2025_-_pl_auxilio_garis-_romualdo_teixeira.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1389/indicacao_no_080_de_11_de_marco_de_2025_-_climatizacao_lar_do_idoso-_romualdo_teixeira.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1390/indicacao_no_081_de_11_de_marco_de_2025_-_passagem_molhada_cacimbas_-_alan_amaral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1391/indicacao_no_082_de_11_de_marco_de_2025_-_mata-burro_cacimbas_e_adeque_-_alan_amaral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1392/indicacao_no_083_de_11_de_marco_de_2025_-_doadores_de_sangue_carros_-_alan_amaral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1393/indicacao_no_084_de_11_de_marco_de_2025_-_sinal_da_tim_comunidades_rurais_-_rubens_batista.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1394/indicacao_no_085_de_18_de_marco_de_2025_-_coletores_de_lixo_para_comunidades_rurais_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1395/indicacao_no_086_de_18_de_marco_de_2025_-_passagem_de_esgoto_mercadinho_de_eduardo_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1396/indicacao_no_087_de_18_de_marco_de_2025_-_construcao_de_calcamentos_vila_do_velame_-_edivan_fernandes.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1397/indicacao_no_088_de_18_de_marco_de_2025_-_distribuicao_de_peixes_-_rubens_batista.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1398/indicacao_no_089_de_18_de_marco_de_2025_-_construcao_creche_boi_selado_-_rubens_batista.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1399/indicacao_no_090_de_18_de_marco_de_2025_-_coletores_na_cidade_-augusto_calisson.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1400/indicacao_no_091_de_18_de_marco_de_2025_-_agua_riacho_de_santana-_jubiratan_saldanha.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1401/indicacao_no_092_de_18_de_marco_de_2025_-_construcao_de_praca_na_aroeira-_jubiratan_saldanha.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1402/indicacao_no_093_de_18_de_marco_de_2025_conclusao_das_quadras_e_materiais_esportivos_-_jubiratan_saldanha.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1403/indicacao_no_094_de_18_de_marco_de_2025_-_corrida_de_rua_em_barra_de_santana_-_romualdo_teixeira.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1404/indicacao_no_095_de_25_de_marco_de_2025_-_tec._enfermagem_sao_braz_e_sao_bento_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1406/indicacao_no_097_de_25_de_marco_de_2025_-_servico_de_capinagem_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1407/indicacao_no_098_de_25_de_marco_de_2025_-_construcao_de_quadra_lagoa_-augusto_calisson.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1408/indicacao_no_099_de_01_de_abril_de_2025_-_construcao_de_pista_de_motocross_-augusto_calisson.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1409/indicacao_no_100_de_01_de_abril_de_2025_-troca_de_lampadas_-augusto_calisson.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1410/indicacao_no_101_de_01_de_abril_de_2025_-_limpeza_praca_bela_vista_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1411/indicacao_no_102_de_01_de_abril_de_2025_-_reparo_serra_de_joao_do_vale_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1412/indicacao_no_103_de_01_de_abril_de_2025_-_perfuracao_de_poco_arroz_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1413/indicacao_no_104_de_01_de_abril_de_2025_-_abrigo_para_animais_-_alan_amaral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1414/indicacao_no_105_de_01_de_abril_de_2025_-_carteira_de_identificacao_pcd_-_alan_amaral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1415/indicacao_no_106_de_01_de_abril_de_2025_-calcamento_terezinha_lula_de_queiroz_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1416/indicacao_no_107_de_01_de_abril_de_2025_-pista_de_whelling_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1417/indicacao_no_108_de_01_de_abril_de_2025_-_atendimento_servidores_-_marcione_araujo.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1418/indicacao_no_109_de_01_de_abril_de_2025_-_ubs_horario_de_almoco_-_marcione_araujo.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1419/indicacao_no_110_de_08_de_abril_de_2025_-_reparos_no_calcamento_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1420/indicacao_no_111_de_08_de_abril_de_2025_-_materiais_esportivos_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1421/indicacao_no_112_de_08_de_abril_de_2025_-_construcao_de_calcamento_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1422/indicacao_no_113_de_08_de_abril_de_2025_-_retirada_de_serrote_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1423/indicacao_no_114_de_08_de_abril_de_2025_-_construcao_de_garagem_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1424/indicacao_no_115_de_08_de_abril_de_2025_-recepcionista_centro_adm_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1425/indicacao_no_116_de_08_de_abril_de_2025_-_guia_turistico_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1426/indicacao_no_117_de_08_de_abril_de_2025_-_carro_fumace_-_edivan_fernandes.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1427/indicacao_no_118_de_08_de_abril_de_2025_-_condutor_de_ambulancia_-_edivan_fernandes.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1428/indicacao_no_119_de_08_de_abril_de_2025_-audiencia_publica_-augusto_calisson.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1429/indicacao_no_120_de_15_de_abril_de_2025_-_centro_de_fisioterapia-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1430/indicacao_no_121_de_15_de_abril_de_2025_-_barbearia_municipal_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1431/indicacao_no_122_de_15_de_abril_de_2025_-_van_suas_-_marcione_araujo.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1432/indicacao_no_123_de_15_de_abril_de_2025_-_zenade_maia_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1433/indicacao_no_124_de_15_de_abril_de_2025_-_natalia_bonavides_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1434/indicacao_no_125_de_15_de_abril_de_2025_-_fernando_mineiro_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1435/indicacao_no_126_de_22_de_abril_de_2025_-_robinson_faria_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1436/indicacao_no_127_de_22_de_abril_de_2025_-_canos_de_motos_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1437/indicacao_no_128_de_22_de_abril_de_2025_-_reforma_e_ampliacao_cemiterio_boi_selado_-_rubens_batista.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1438/indicacao_no_129_de_22_de_abril_de_2025_-_doacao_de_grupo_escolar_barro_branco_-_edivan_fernandes.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1439/indicacao_no_130_de_22_de_abril_de_2025_-construcao_de_viveros_de_plantas_-augusto_calisson.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1440/indicacao_no_131_de_22_de_abril_de_2025_-_incendio_lixao_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1441/indicacao_no_132_de_22_de_abril_de_2025_-_contrucao_de_quebra-molas_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1442/indicacao_no_133_de_22_de_abril_de_2025_-_contrucao_de_mata-burros_manuim_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1443/indicacao_no_134_de_22_de_abril_de_2025_-_banheiros_quadra_do_sao_braz_sao_bento__-_romualdo_teixeira.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1444/indicacao_no_135_de_22_de_abril_de_2025_-_paralisacao_da_obra_da_rn-118_-_jubiratan_saldanha.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1445/indicacao_no_136_de_22_de_abril_de_2025_-_construcao_de_cisternas_-_jubiratan_saldanha.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1446/indicacao_no_137_de_29_de_abril_de_2025_-_castracao_de_animais_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1447/indicacao_no_138_de_29_de_abril_de_2025_-_sala_dos_acs_ubs_vila_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1448/indicacao_no_139_de_29_de_abril_de_2025_-_quadra_de_areia_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1449/indicacao_no_140_de_29_de_abril_de_2025_-_entrega_de_escritura_publicas_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1450/indicacao_no_141_de_29_de_abril_de_2025_-_quebra-molas_na_rua_santa_luzia_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1451/indicacao_no_142_de_29_de_abril_de_2025_-_sinalizacao_mossoro_-augusto_calisson.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1452/indicacao_no_143_de_29_de_abril_de_2025_-_recuperacao_calcamento-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1453/indicacao_no_144_de_06_de_maio_de_2025_-_construcao_de_pocilga_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1454/indicacao_no_145_de_06_de_maio_de_2025_-criacao_de_pevs_-augusto_calisson.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1455/indicacao_no_146_de_06_de_maio_de_2025_-_recuperacao_estradas_vicinais_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1456/indicacao_no_147_de_06_de_maio_de_2025_-_banheiros_no_cemiterio_-_marcione_araujo.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1457/indicacao_no_148_de_06_de_maio_de_2025_-_coletores_de_lixo_-_marcione_araujo.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1458/indicacao_no_149_de_06_de_maio_de_2025_-_sin_patinhas_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1515/indicacao_no_150_de_13_de_maio_de_2025_-_praca_na_serra_de_joao_do_vale_-_rubens_batista.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1516/indicacao_no_151_de_13_maio_de_2025_-_sinalizacao_das_estradas_vicinais_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1517/indicacao_no_152_de_13_maio_de_2025_-_recuperacao_asfalto_rn-118_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1535/indicacao_no_153_de_13_de_maio_de_2025_-_faixa_de_pedestre_central_do_cidadao_-_romualdo_teixeira.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1518/indicacao_no_154_de_13_de_maio_de_2025_-_agua_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1519/indicacao_no_155_de_13_de_maio_de_2025_-_corte_de_terra_continuidade_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1523/indicacao_no_156_de_20_maio_de_2025_-_limpeza_meio-fio_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1524/indicacao_no_157_de_20_de_maio_de_2025_-fardamento_garis_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1525/indicacao_no_158_de_20_de_maio_de_2025_-_instalacao_de_pocos_-augusto_calisson.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1536/indicacao_no_159_de_20_de_maio_de_2025_-_energia_solar_bombas_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1526/indicacao_no_160_de_20_de_maio_de_2025_-_notifica_donos_de_terrenos_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1528/indicacao_no_161_de_27_maio_de_2025_-_construcao_de_calcamento_abraao_lopes_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1529/indicacao_no_162_de_27_de_maio_de_2025_-_cirurgias_eletivas_semanalmente_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1530/indicacao_no_163_de_27_de_maio_de_2025_-_quadra_da_mutamba_-_rubens_batista.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1531/indicacao_no_165_de_27_de_maio_de_2025_-_mata-burro_malhada_vermelha_-_francinildo_aquino.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1537/indicacao_no_166_de_03_de_junho_de_2025_-_pocos_exercito_-augusto_calisson.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1538/indicacao_no_167_de_03_de_junho_de_2025_-_gari_boi_selado_-_rubens_batista.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1539/indicacao_no_168_de_03_de_junho_de_2025_-_faixa_de_pedestre_espaco_do_estudante_-_romualdo_teixeira.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1540/indicacao_no_169_de_03_de_junho_de_2025_-_nomeacao_do_compleco_oiticica_-_marcione_araujo.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1541/indicacao_no_170_de_03_de_junho_de_2025_-_poco_comunidade_salina_1_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1542/indicacao_no_171_de_03_de_junho_de_2025_-_assistente_social_e_psicologo_nas_escolas_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1544/indicacao_no_172_de_10_de_junho_de_2025_-_poco_no_sitio_barros_-_jubiratan_saldanha.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1545/indicacao_no_173_de_10_de_junho_de_2025_-_atendimento_medico_agrovila_-_jubiratan_saldanha.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1546/indicacao_no_174_de_10_de_junho_de_2025_-_limpeza_e_pintura_meio-fio_barra_de_santana_-_jubiratan_saldanha.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1547/indicacao_no_175_de_10_de_junho_de_2025_-_peliculas_nos_onibus_escolar_-augusto_calisson.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1548/indicacao_no_176_de_10_de_junho_de_2025_-_roco_rn-118_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1549/indicacao_no_177_de_10_de_junho_de_2025_-_pediatra_semanalmente-_romualdo_teixeira.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1556/indicacao_no_178_de_17_de_junho_de_2025_-_parque_barra_de_santana__-augusto_calisson.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1557/indicacao_no_179_de_17_de_junho_de_2025_-_piso_ceramico_nas_escolas_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1558/indicacao_no_180_de_17_de_junho_de_2025_-_construcao_de_calcamento_novo_rumo_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1559/indicacao_no_181_de_17_de_junho_de_2025_-_poco_riachao_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1563/indicacao_no_182_de_24_de_junho_de_2025_-_camera_de_seguranca_barra_de_santana_-_jubiratan_saldanha.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1564/indicacao_no_183_de_24_de_junho_de_2025_-_contratacao_agentes_de_saude_-_jubiratan_saldanha.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1565/indicacao_no_184_de_24_de_junho_de_2025_-_academia_da_saude_barra_aroeira_sao_braz_sao_bento_-_jubiratan_saldanha.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1566/indicacao_no_185_de_24_de_junho_de_2025_-_corrimao_na_ponte_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1567/indicacao_no_186_de_24_de_junho_de_2025_-_ubs_jangada_-_rubens_batista.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1568/indicacao_no_187_de_24_de_junho_de_2025_-_reforma_banheiro_praca_newman_-_marcione_araujo.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1574/indicacao_no_188_de_01_de_julho_de_2025_-_asfalto_rua_sao_miguel-_romualdo_teixeira.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1575/indicacao_no_189_de_01_de_julho_de_2025_-_identificacao_e_fardamento_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1576/indicacao_no_190_de_01_de_julho_de_2025_-_desosseareamento_do_rio_adeque_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1577/indicacao_no_191_de_01_de_julho_de_2025_-_sinalizacao_rn-118_em_frente_a_delegacia_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1578/indicacao_no_192_de_01_de_julho_de_2025_-_remocao_de_bomba__-augusto_calisson.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1583/indicacao_no_193_de_01_de_julho_de_2025_-_asfalto_rua_celso_fernandes-_alan_oliveira.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1584/indicacao_no_194_de_15_de_julho_de_2025_-_parada_de_onibus_cacimbas__-augusto_calisson.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1585/indicacao_no_195_de_15_de_julho_de_2025_-_banheiros_praca_barra_de_santana__-augusto_calisson.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1586/indicacao_no_196_de_15_de_julho_de_2025_-_mata-burro_malhada_lagoa_seca_-_francinildo_aquino.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1588/indicacao_no_197_de_05_de_agosto_de_2025_-_sessao_solene__-augusto_calisson.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1589/indicacao_no_198_de_05_de_agosto_de_2025_-_acostamento_tapera-_marcione_araujo.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1590/indicacao_no_199_de_05_de_agosto_de_2025_-_iluminacao_rua_vereador_augusto_queiroz_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1591/indicacao_no_200_de_12_de_agosoto_de_2025_-_audiencia_publica_transito_-_romualdo_teixeira.docx.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1592/indicacao_no_201_de_12_de_agosto_de_2025_-_rua_pacifico_clementino_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1594/indicacao_no_202_de_19_de_agosto_de_2025_-_calcadao_rn-118_-_jubiratan_saldanha.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1595/indicacao_no_203_de_19_de_agosto_de_2025_-_acao_saude_barra_-_jubiratan_saldanha.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1596/indicacao_no_204_de_19_de_agosto_de_2025_-_portico_entrada_barra_de_santana_-_jubiratan_saldanha.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1597/indicacao_no_205_de_19_de_agosto_de_2025_-_pm_no_hospital_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1598/indicacao_no_206_de_19_de_agosto_de_2025_-recepcionista_hospital_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1599/indicacao_no_207_de_19_de_agosto_de_2025_-_bomba_de_infusao_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1600/indicacao_no_208_de_19_de_agosto_de_2025_-_portico_boi_selado_-_rubens_batista.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1601/indicacao_no_209_de_19_de_agosto_de_2025_-_quebra-mola_boi_selado_-_rubens_batista.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1602/indicacao_no_210_de_19_de_agosto_de_2025_-_quebra-mola_otavio_lamartine_-_marcione_araujo.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1603/indicacao_no_211_de_19_de_agosto_de_2025_-_encontro_de_filarmonicas_-_alan_oliveira.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1604/indicacao_no_212_de_19_de_agosto_de_2025_-_orientacao_mina_de_ferro_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1609/indicacao_no_213_de_26_de_agosto_de_2025_-_ronda_escolares__-augusto_calisson.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1610/indicacao_no_214_de_26_de_agosto_de_2025_-_banheiros_no_lopao_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1611/indicacao_no_215_de_26_de_agosto_de_2025_-_rondas_no_dique_-_romualdo_teixeira.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1612/indicacao_no_216_de_26_de_agosto_de_2025_-_coeltor_de_lixo_no_barro_branco_e_riachao_-_edivan_fernandes.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1613/indicacao_no_217_de_02_de_setembro_de_2025_-__audiencia_de_plano_de_cargo_-_alan_amaral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1614/indicacao_no_218_de_02_de_setembro_de_2025_-_lampadas_e_rede_de_protecao_quadra_do_riacha_-_edivan_fernandes.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1615/indicacao_no_219_de_02_de_setembro_de_2025_-_portico_e_parque_tematico_-_edivan_fernandes.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1616/indicacao_no_220_de_02_de_setembro_de_2025_-_psicologo_hospital_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1617/indicacao_no_221de_02_de_setembro_de_2025_-_assembleia_cidada_-__romulo_-_alan_-_marcione_-_romualdo-_edivan.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1618/indicacao_no_222_de_02_de_setembro_de_2025_-_parque_pcd_-_romualdo_teixeira.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1620/indicacao_no_223_de_09_de_setembro_de_2025_-_motorista_conselho_tutelar_-_romualdo_teixeira.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1621/indicacao_no_224_de_09_de_setembro_de_2025_-_estrada_da_aroeira_-_jubiratan_saldanha.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1622/indicacao_no_225_de_09_de_setembro_de_2025_-_medico_sao_braz_-_jubiratan_saldanha.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1623/indicacao_no_226_de_02_de_setembro_de_2025_-_audiencia_publica_ifrn_-_francinildo_aquino.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1624/indicacao_no_227_de_09_de_setembro_de_2025_-_internet_zona_rural_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1625/indicacao_no_228_de_09_de_setembro_de_2025_-_profissional_ef_no_sitio_cacimbas_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1626/indicacao_no_229_de_09_de_setembro_de_2025_-_reforma_ubs_cacimbas_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1629/indicacao_no_230_de_16_de_setembro_de_2025_-_pericia_inss__-augusto_calisson.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1630/indicacao_no_231_de_16_de_setembro_de_2025_-_ciclovia_barragem__-augusto_calisson.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1631/indicacao_no_232_de_16_de_setembro_de_2025_-_emendas_impositivas_-_francinildo_aquino.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1632/indicacao_no_233_de_23_de_setembro_de_2025_-_farmacia_hospital_-_romualdo_teixeira.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1633/indicacao_no_234_de_23_de_setembro_de_2025_-_quadra_do_espinheiro_-_rubens_batista.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1634/indicacao_no_235_de_23_de_setembro_de_2025_-_exames_laboratoriais_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1636/indicacao_no_236_de_30_de_setembro_de_2025_-_pl_tec._radiologias_-_romualdo_teixeira.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1637/indicacao_no_237_de_30_de_setembro_de_2025_-_ponto_caern_central_-_romualdo.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1638/indicacao_no_238_de_30_de_setembro_de_2025_-_lixo_barro_branco_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1639/indicacao_no_239_de_30_de_setembro_de_2025_-_reforma_praca_dos_freitas_-_francinildo_aquino.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1640/indicacao_no_240_de_07_de_outubro_de_2025_-_dessalinizador_saco_grande_-_rubens_batista.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1641/indicacao_no_241_de_07_de_outubro_de_2025_-_limpeza_cemiterio_barra_-_jubiratan_saldanha.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1642/indicacao_no_242_de_09_de_outubro_de_2025_-_limpeza_rua_15_de_novembro_-_marcione_araujo.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1643/indicacao_no_243_de_07_de_outubro_de_2025_-_escola_santa_rita_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1644/indicacao_no_244_de_07_de_outubro_de_2025_-_parada_de_onibus_santa_rita_adeque_e_boi_selado_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1645/indicacao_no_245_de_07_de_outubro_de_2025_-_cana_de_acucar_para_os_produtores_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1646/indicacao_no_246_de_07_de_outubro_de_2025_-_escola_pangoa_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1647/indicacao_no_247_de_07_de_outubro_de_2025_-_cursinho_concurso_publico_-_romualdo.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1654/indicacao_no_248_de_14_de_outubro_de_2025_-_campo_de_futebol_comunidades_rurais_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1655/indicacao_no_249_de_14_de_outubro_de_2025_-_entrega_do_mercado_e_matadouro_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1656/indicacao_no_250_de_14_de_outubro_de_2025_-_emprestimos_consignado_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1659/indicacao_no_251_de_28_de_outubro_de_2025_-_agua_riacho_de_santana_-_jubiratan_saldanha.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1660/indicacao_no_252_de_28_de_outubro_de_2025_-_passagem_molhada_netinho_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1661/indicacao_no_253_de_28_de_outubro_de_2025_-_climatizacao_ubs_-_romualdo.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1662/indicacao_no_254_de_28_de_outubro_de_2025_-_cadeiras_de_rodas_camara_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1665/indicacao_no_255_de_04_de_novembro_de_2025_-_passagem_molhada_comunidade_acampamento_-_jubiratan_saldanha.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1666/indicacao_no_256_de_04_de_novembro_de_2025_-_emissao_rg_barra_de_santana_-_jubiratan_saldanha.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1667/indicacao_no_257_de_04_de_novembro_de_2025_-_emissao_rg_boi_selado_-_rubens_batista.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1668/indicacao_no_258_de_04_de_novembro_de_2025_-_emissao_rg_santa_rita_e_retiro_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1669/indicacao_no_259_de_11_de_novembro_de_2025_-_moto_fest_jucurutu_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1670/indicacao_no_260_de_11_de_novembro_de_2025_-_calcamento_-_coletiva.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1671/indicacao_no_261_de_11_de_novembro_de_2025_-_lampada_loca_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1672/indicacao_no_262_de_11_de_novembro_de_2025_-_audiencia_publica_-_francinildo_aquino.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1673/indicacao_no_263_de_18_de_novembro_de_2025_-_reguas_antopometricas__-augusto_calisson.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1674/indicacao_no_264_de_18_de_novembro_de_2025_-_espaco_sensorial__-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1675/indicacao_no_265_de_18_de_novembro_de_2025_-_banheiros_quimicos__-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1676/indicacao_no_266_de_18_de_novembro_de_2025_-_estudo_topografico_-_jose_ilo.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1677/indicacao_no_267_de_18_de_novembro_de_2025_-_mata-burro_serra_-_francinildo_aquino.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1680/indicacao_no_268_de_25_de_novembro_de_2025_-_implementacao_da_sec._da_mulher_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1681/indicacao_no_269_de_25_de_novembro_de_2025_-_conselho_da_mulher_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1684/indicacao_no_270_de_02_de_dezembro_de_2025_-_extensao_rua_severino_martins_-_francinildo_aquino.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1685/indicacao_no_271_de_02_de_dezembro_de_2025_-_areninha_society_-_romualdo.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1686/indicacao_no_272_de_02_de_dezembro_de_2025_-_praca_boi_selado_-_rubens_batista.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1687/indicacao_no_273_de_09_de_dezembro_de_2025_-_14_salario_fundeb_-_maria_da_guia.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1459/requerimento_01-2025-_solicita_informacoes_a_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1463/requerimento_02-2025-_solicita_informacoes__-_jubiratan.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1527/requerimento_04-2025-_solicita_informacoes_a_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1532/requerimento_05-2025-_solicita_informacoes_a_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1550/requerimento_06-2025_-_comissao_especial.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1560/requerimento_07-2025-_solicita_informacoes_a_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1569/requerimento_08-2025-_solicita_informacoes_a_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1581/requerimento_09-2025-_solicita_convocacao.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1657/requerimento_10-2025-_solicita_informacoes_a_prefeitura_-_jubiratan.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1480/projeto_de_resolucao_no_001_de_25_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1477/projeto_de_decreto_legislativo_n._001-2025_-__presidente_lula.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1478/projeto_de_decreto_legislativo_n._002-2025_-__governadora_fatima.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1479/projeto_de_decreto_legislativo_n._003-2025_-__jair_bolsonaro.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1461/projeto_de_lei_no_001-2025_-_jose_ilo_-_quadra_de_esportes.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1462/projeto_de_lei_no_002-2025_-utilidade_publica.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1465/projeto_de_lei_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1466/projeto_de_lei_do_legislativo_de_no_004-_2025_-.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1467/projeto_de_lei_no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1468/projeto_de_lei_n_006_de_14_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1469/projeto_de_lei_n_007_de_01_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1470/pl_do_legislativo_no_008_-_2025_altera_a_lei_777_-_2013.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1471/projeto_de_lei_n_009_de_22_de_abril_de_2025_-_francinildo_aquino.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1533/projeto_de_lei_do_legislativo_n_010-2025.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1520/pl_n_011_de_13_de_maio_de_2025_-_jubiratan.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1521/pl_n_012_de_13_de_maio_de_2025_-_augusto_calisson.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1522/pl_n_013_de_20_de_maio_de_2025_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1534/pl_n_014_de_20_de_maio_de_2025_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1593/projeto_de_lei_categoria_95kg.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1607/projeto_de_lei_no_016-2025_-_banda_de_musica_-_alan.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1608/projeto_de_lei_no_017-2025_-_patrimonio_sao_joao_do_seu_juca_-_romulo_ivo.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1628/projeto_de_lei_do_legislativo_n_018-2025.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1682/projet1.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1664/projeto_de_lei_do_legislativo_n_020-2025.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1683/projeto_de_lei_no_021-2025_-_utilidade_publica.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1689/projeto_de_lei_no_023-2025_-_ensino_da_historia_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1690/projeto_de_lei_no_024-2025_-_utilidade_publica.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1460/pl10331.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1472/pl_no_1.034_-2025_altera_lei_complementar.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1473/pl_no_1.035-2025_dispoe_sobre_a_criacao_de_verbas_indenizat.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1474/pl_1.036-2025.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1475/pl_-_1.037_dispoe_sobre_a_formalizacao_de_plantoes_de_servidores_da_secretaria_municipal_de_saude_publica_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jucurutu.rn.leg.br/media/sapl/public/materialegislativa/2025/1476/pl_-_ldo.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H375"/>
+  <dimension ref="A1:H379"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="42.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="67.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="228" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -6425,8123 +6464,8227 @@
       </c>
       <c r="D64" t="s">
         <v>114</v>
       </c>
       <c r="E64" t="s">
         <v>115</v>
       </c>
       <c r="F64" t="s">
         <v>128</v>
       </c>
       <c r="G64" s="1" t="s">
         <v>257</v>
       </c>
       <c r="H64" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>259</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>10</v>
+        <v>260</v>
       </c>
       <c r="D65" t="s">
-        <v>260</v>
+        <v>114</v>
       </c>
       <c r="E65" t="s">
+        <v>115</v>
+      </c>
+      <c r="F65" t="s">
+        <v>128</v>
+      </c>
+      <c r="G65" s="1" t="s">
         <v>261</v>
       </c>
-      <c r="F65" t="s">
-[...2 lines deleted...]
-      <c r="G65" s="1" t="s">
+      <c r="H65" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E66" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F66" t="s">
         <v>199</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="H66" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D67" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E67" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F67" t="s">
         <v>199</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="H67" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D68" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E68" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F68" t="s">
-        <v>144</v>
+        <v>199</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="H68" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D69" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E69" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F69" t="s">
         <v>144</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="H69" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D70" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E70" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F70" t="s">
-        <v>169</v>
+        <v>144</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="H70" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="D71" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E71" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F71" t="s">
         <v>169</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="H71" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D72" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E72" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F72" t="s">
-        <v>116</v>
+        <v>169</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="H72" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="D73" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E73" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F73" t="s">
         <v>116</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="H73" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>79</v>
+        <v>45</v>
       </c>
       <c r="D74" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E74" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F74" t="s">
-        <v>156</v>
+        <v>116</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="H74" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="D75" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E75" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F75" t="s">
         <v>156</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="H75" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="D76" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E76" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F76" t="s">
         <v>156</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="H76" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>160</v>
+        <v>87</v>
       </c>
       <c r="D77" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E77" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F77" t="s">
-        <v>140</v>
+        <v>156</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="H77" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="D78" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E78" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F78" t="s">
-        <v>124</v>
+        <v>140</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="H78" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="D79" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E79" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F79" t="s">
         <v>124</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="H79" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="D80" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E80" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F80" t="s">
         <v>124</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="H80" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="D81" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E81" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F81" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="H81" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="D82" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E82" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F82" t="s">
         <v>128</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="H82" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="D83" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E83" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F83" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="H83" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="D84" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E84" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F84" t="s">
         <v>124</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="H84" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="D85" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E85" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F85" t="s">
         <v>124</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="H85" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="D86" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E86" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F86" t="s">
-        <v>140</v>
+        <v>124</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="H86" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>203</v>
+        <v>198</v>
       </c>
       <c r="D87" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E87" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F87" t="s">
         <v>140</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="H87" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="D88" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E88" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F88" t="s">
         <v>140</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="H88" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="D89" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E89" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F89" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="H89" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="D90" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E90" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F90" t="s">
-        <v>120</v>
+        <v>144</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="H90" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="D91" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E91" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F91" t="s">
         <v>120</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="H91" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="D92" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E92" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F92" t="s">
         <v>120</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="H92" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>227</v>
+        <v>223</v>
       </c>
       <c r="D93" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E93" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F93" t="s">
-        <v>199</v>
+        <v>120</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="H93" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="D94" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E94" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F94" t="s">
         <v>199</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="H94" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="D95" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E95" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F95" t="s">
-        <v>128</v>
+        <v>199</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H95" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="D96" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E96" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F96" t="s">
         <v>128</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="H96" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>243</v>
+        <v>239</v>
       </c>
       <c r="D97" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E97" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F97" t="s">
-        <v>169</v>
+        <v>128</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="H97" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>248</v>
+        <v>243</v>
       </c>
       <c r="D98" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E98" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F98" t="s">
         <v>169</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="H98" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="D99" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E99" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F99" t="s">
-        <v>156</v>
+        <v>169</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="H99" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="D100" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E100" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F100" t="s">
         <v>156</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="H100" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>370</v>
+        <v>256</v>
       </c>
       <c r="D101" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E101" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F101" t="s">
-        <v>116</v>
+        <v>156</v>
       </c>
       <c r="G101" s="1" t="s">
         <v>371</v>
       </c>
       <c r="H101" t="s">
         <v>372</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>373</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>374</v>
+        <v>260</v>
       </c>
       <c r="D102" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E102" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F102" t="s">
         <v>116</v>
       </c>
       <c r="G102" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="H102" t="s">
         <v>375</v>
-      </c>
-[...1 lines deleted...]
-        <v>376</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
+        <v>376</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
         <v>377</v>
       </c>
-      <c r="B103" t="s">
-[...2 lines deleted...]
-      <c r="C103" t="s">
+      <c r="D103" t="s">
+        <v>264</v>
+      </c>
+      <c r="E103" t="s">
+        <v>265</v>
+      </c>
+      <c r="F103" t="s">
+        <v>116</v>
+      </c>
+      <c r="G103" s="1" t="s">
         <v>378</v>
       </c>
-      <c r="D103" t="s">
-[...8 lines deleted...]
-      <c r="G103" s="1" t="s">
+      <c r="H103" t="s">
         <v>379</v>
-      </c>
-[...1 lines deleted...]
-        <v>380</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
+        <v>380</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
         <v>381</v>
       </c>
-      <c r="B104" t="s">
-[...2 lines deleted...]
-      <c r="C104" t="s">
+      <c r="D104" t="s">
+        <v>264</v>
+      </c>
+      <c r="E104" t="s">
+        <v>265</v>
+      </c>
+      <c r="F104" t="s">
+        <v>124</v>
+      </c>
+      <c r="G104" s="1" t="s">
         <v>382</v>
       </c>
-      <c r="D104" t="s">
-[...8 lines deleted...]
-      <c r="G104" s="1" t="s">
+      <c r="H104" t="s">
         <v>383</v>
-      </c>
-[...1 lines deleted...]
-        <v>384</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
+        <v>384</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
         <v>385</v>
       </c>
-      <c r="B105" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D105" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E105" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F105" t="s">
         <v>144</v>
       </c>
       <c r="G105" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="H105" t="s">
         <v>387</v>
-      </c>
-[...1 lines deleted...]
-        <v>388</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
+        <v>388</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
         <v>389</v>
       </c>
-      <c r="B106" t="s">
-[...2 lines deleted...]
-      <c r="C106" t="s">
+      <c r="D106" t="s">
+        <v>264</v>
+      </c>
+      <c r="E106" t="s">
+        <v>265</v>
+      </c>
+      <c r="F106" t="s">
+        <v>144</v>
+      </c>
+      <c r="G106" s="1" t="s">
         <v>390</v>
       </c>
-      <c r="D106" t="s">
-[...5 lines deleted...]
-      <c r="G106" s="1" t="s">
+      <c r="H106" t="s">
         <v>391</v>
-      </c>
-[...1 lines deleted...]
-        <v>392</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
+        <v>392</v>
+      </c>
+      <c r="B107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C107" t="s">
         <v>393</v>
       </c>
-      <c r="B107" t="s">
-[...2 lines deleted...]
-      <c r="C107" t="s">
+      <c r="D107" t="s">
+        <v>264</v>
+      </c>
+      <c r="E107" t="s">
+        <v>265</v>
+      </c>
+      <c r="G107" s="1" t="s">
         <v>394</v>
       </c>
-      <c r="D107" t="s">
-[...8 lines deleted...]
-      <c r="G107" s="1" t="s">
+      <c r="H107" t="s">
         <v>395</v>
-      </c>
-[...1 lines deleted...]
-        <v>396</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
+        <v>396</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
         <v>397</v>
       </c>
-      <c r="B108" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D108" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E108" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F108" t="s">
         <v>120</v>
       </c>
       <c r="G108" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="H108" t="s">
         <v>399</v>
-      </c>
-[...1 lines deleted...]
-        <v>400</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
+        <v>400</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
         <v>401</v>
       </c>
-      <c r="B109" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D109" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E109" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F109" t="s">
         <v>120</v>
       </c>
       <c r="G109" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="H109" t="s">
         <v>403</v>
-      </c>
-[...1 lines deleted...]
-        <v>404</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
+        <v>404</v>
+      </c>
+      <c r="B110" t="s">
+        <v>9</v>
+      </c>
+      <c r="C110" t="s">
         <v>405</v>
       </c>
-      <c r="B110" t="s">
-[...2 lines deleted...]
-      <c r="C110" t="s">
+      <c r="D110" t="s">
+        <v>264</v>
+      </c>
+      <c r="E110" t="s">
+        <v>265</v>
+      </c>
+      <c r="F110" t="s">
+        <v>120</v>
+      </c>
+      <c r="G110" s="1" t="s">
         <v>406</v>
       </c>
-      <c r="D110" t="s">
-[...8 lines deleted...]
-      <c r="G110" s="1" t="s">
+      <c r="H110" t="s">
         <v>407</v>
-      </c>
-[...1 lines deleted...]
-        <v>408</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
+        <v>408</v>
+      </c>
+      <c r="B111" t="s">
+        <v>9</v>
+      </c>
+      <c r="C111" t="s">
         <v>409</v>
       </c>
-      <c r="B111" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D111" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E111" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F111" t="s">
         <v>116</v>
       </c>
       <c r="G111" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="H111" t="s">
         <v>411</v>
-      </c>
-[...1 lines deleted...]
-        <v>412</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
+        <v>412</v>
+      </c>
+      <c r="B112" t="s">
+        <v>9</v>
+      </c>
+      <c r="C112" t="s">
         <v>413</v>
       </c>
-      <c r="B112" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D112" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E112" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F112" t="s">
         <v>116</v>
       </c>
       <c r="G112" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="H112" t="s">
         <v>415</v>
-      </c>
-[...1 lines deleted...]
-        <v>416</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
+        <v>416</v>
+      </c>
+      <c r="B113" t="s">
+        <v>9</v>
+      </c>
+      <c r="C113" t="s">
         <v>417</v>
       </c>
-      <c r="B113" t="s">
-[...2 lines deleted...]
-      <c r="C113" t="s">
+      <c r="D113" t="s">
+        <v>264</v>
+      </c>
+      <c r="E113" t="s">
+        <v>265</v>
+      </c>
+      <c r="F113" t="s">
+        <v>116</v>
+      </c>
+      <c r="G113" s="1" t="s">
         <v>418</v>
       </c>
-      <c r="D113" t="s">
-[...8 lines deleted...]
-      <c r="G113" s="1" t="s">
+      <c r="H113" t="s">
         <v>419</v>
-      </c>
-[...1 lines deleted...]
-        <v>420</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
+        <v>420</v>
+      </c>
+      <c r="B114" t="s">
+        <v>9</v>
+      </c>
+      <c r="C114" t="s">
         <v>421</v>
       </c>
-      <c r="B114" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D114" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E114" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F114" t="s">
         <v>152</v>
       </c>
       <c r="G114" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="H114" t="s">
         <v>423</v>
-      </c>
-[...1 lines deleted...]
-        <v>424</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
+        <v>424</v>
+      </c>
+      <c r="B115" t="s">
+        <v>9</v>
+      </c>
+      <c r="C115" t="s">
         <v>425</v>
       </c>
-      <c r="B115" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D115" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E115" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F115" t="s">
         <v>152</v>
       </c>
       <c r="G115" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="H115" t="s">
         <v>427</v>
-      </c>
-[...1 lines deleted...]
-        <v>428</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
+        <v>428</v>
+      </c>
+      <c r="B116" t="s">
+        <v>9</v>
+      </c>
+      <c r="C116" t="s">
         <v>429</v>
       </c>
-      <c r="B116" t="s">
-[...2 lines deleted...]
-      <c r="C116" t="s">
+      <c r="D116" t="s">
+        <v>264</v>
+      </c>
+      <c r="E116" t="s">
+        <v>265</v>
+      </c>
+      <c r="F116" t="s">
+        <v>152</v>
+      </c>
+      <c r="G116" s="1" t="s">
         <v>430</v>
       </c>
-      <c r="D116" t="s">
-[...8 lines deleted...]
-      <c r="G116" s="1" t="s">
+      <c r="H116" t="s">
         <v>431</v>
-      </c>
-[...1 lines deleted...]
-        <v>432</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
+        <v>432</v>
+      </c>
+      <c r="B117" t="s">
+        <v>9</v>
+      </c>
+      <c r="C117" t="s">
         <v>433</v>
       </c>
-      <c r="B117" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D117" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E117" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F117" t="s">
         <v>199</v>
       </c>
       <c r="G117" s="1" t="s">
+        <v>434</v>
+      </c>
+      <c r="H117" t="s">
         <v>435</v>
-      </c>
-[...1 lines deleted...]
-        <v>436</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
+        <v>436</v>
+      </c>
+      <c r="B118" t="s">
+        <v>9</v>
+      </c>
+      <c r="C118" t="s">
         <v>437</v>
       </c>
-      <c r="B118" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D118" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E118" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F118" t="s">
         <v>199</v>
       </c>
       <c r="G118" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="H118" t="s">
         <v>439</v>
-      </c>
-[...1 lines deleted...]
-        <v>440</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
+        <v>440</v>
+      </c>
+      <c r="B119" t="s">
+        <v>9</v>
+      </c>
+      <c r="C119" t="s">
         <v>441</v>
       </c>
-      <c r="B119" t="s">
-[...2 lines deleted...]
-      <c r="C119" t="s">
+      <c r="D119" t="s">
+        <v>264</v>
+      </c>
+      <c r="E119" t="s">
+        <v>265</v>
+      </c>
+      <c r="F119" t="s">
+        <v>199</v>
+      </c>
+      <c r="G119" s="1" t="s">
         <v>442</v>
       </c>
-      <c r="D119" t="s">
-[...8 lines deleted...]
-      <c r="G119" s="1" t="s">
+      <c r="H119" t="s">
         <v>443</v>
-      </c>
-[...1 lines deleted...]
-        <v>444</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
+        <v>444</v>
+      </c>
+      <c r="B120" t="s">
+        <v>9</v>
+      </c>
+      <c r="C120" t="s">
         <v>445</v>
       </c>
-      <c r="B120" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D120" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E120" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F120" t="s">
         <v>128</v>
       </c>
       <c r="G120" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="H120" t="s">
         <v>447</v>
-      </c>
-[...1 lines deleted...]
-        <v>448</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
+        <v>448</v>
+      </c>
+      <c r="B121" t="s">
+        <v>9</v>
+      </c>
+      <c r="C121" t="s">
         <v>449</v>
       </c>
-      <c r="B121" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D121" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E121" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F121" t="s">
         <v>128</v>
       </c>
       <c r="G121" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="H121" t="s">
         <v>451</v>
-      </c>
-[...1 lines deleted...]
-        <v>452</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
+        <v>452</v>
+      </c>
+      <c r="B122" t="s">
+        <v>9</v>
+      </c>
+      <c r="C122" t="s">
         <v>453</v>
       </c>
-      <c r="B122" t="s">
-[...2 lines deleted...]
-      <c r="C122" t="s">
+      <c r="D122" t="s">
+        <v>264</v>
+      </c>
+      <c r="E122" t="s">
+        <v>265</v>
+      </c>
+      <c r="F122" t="s">
+        <v>128</v>
+      </c>
+      <c r="G122" s="1" t="s">
         <v>454</v>
       </c>
-      <c r="D122" t="s">
-[...8 lines deleted...]
-      <c r="G122" s="1" t="s">
+      <c r="H122" t="s">
         <v>455</v>
-      </c>
-[...1 lines deleted...]
-        <v>456</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
+        <v>456</v>
+      </c>
+      <c r="B123" t="s">
+        <v>9</v>
+      </c>
+      <c r="C123" t="s">
         <v>457</v>
       </c>
-      <c r="B123" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D123" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E123" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F123" t="s">
         <v>140</v>
       </c>
       <c r="G123" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="H123" t="s">
         <v>459</v>
-      </c>
-[...1 lines deleted...]
-        <v>460</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
+        <v>460</v>
+      </c>
+      <c r="B124" t="s">
+        <v>9</v>
+      </c>
+      <c r="C124" t="s">
         <v>461</v>
       </c>
-      <c r="B124" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D124" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E124" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F124" t="s">
         <v>140</v>
       </c>
       <c r="G124" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="H124" t="s">
         <v>463</v>
-      </c>
-[...1 lines deleted...]
-        <v>464</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
+        <v>464</v>
+      </c>
+      <c r="B125" t="s">
+        <v>9</v>
+      </c>
+      <c r="C125" t="s">
         <v>465</v>
       </c>
-      <c r="B125" t="s">
-[...2 lines deleted...]
-      <c r="C125" t="s">
+      <c r="D125" t="s">
+        <v>264</v>
+      </c>
+      <c r="E125" t="s">
+        <v>265</v>
+      </c>
+      <c r="F125" t="s">
+        <v>140</v>
+      </c>
+      <c r="G125" s="1" t="s">
         <v>466</v>
       </c>
-      <c r="D125" t="s">
-[...8 lines deleted...]
-      <c r="G125" s="1" t="s">
+      <c r="H125" t="s">
         <v>467</v>
-      </c>
-[...1 lines deleted...]
-        <v>468</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
+        <v>468</v>
+      </c>
+      <c r="B126" t="s">
+        <v>9</v>
+      </c>
+      <c r="C126" t="s">
         <v>469</v>
       </c>
-      <c r="B126" t="s">
-[...2 lines deleted...]
-      <c r="C126" t="s">
+      <c r="D126" t="s">
+        <v>264</v>
+      </c>
+      <c r="E126" t="s">
+        <v>265</v>
+      </c>
+      <c r="F126" t="s">
+        <v>156</v>
+      </c>
+      <c r="G126" s="1" t="s">
         <v>470</v>
       </c>
-      <c r="D126" t="s">
-[...8 lines deleted...]
-      <c r="G126" s="1" t="s">
+      <c r="H126" t="s">
         <v>471</v>
-      </c>
-[...1 lines deleted...]
-        <v>472</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
+        <v>472</v>
+      </c>
+      <c r="B127" t="s">
+        <v>9</v>
+      </c>
+      <c r="C127" t="s">
         <v>473</v>
       </c>
-      <c r="B127" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D127" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E127" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F127" t="s">
         <v>120</v>
       </c>
       <c r="G127" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="H127" t="s">
         <v>475</v>
-      </c>
-[...1 lines deleted...]
-        <v>476</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
+        <v>476</v>
+      </c>
+      <c r="B128" t="s">
+        <v>9</v>
+      </c>
+      <c r="C128" t="s">
         <v>477</v>
       </c>
-      <c r="B128" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D128" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E128" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F128" t="s">
         <v>120</v>
       </c>
       <c r="G128" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="H128" t="s">
         <v>479</v>
-      </c>
-[...1 lines deleted...]
-        <v>480</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
+        <v>480</v>
+      </c>
+      <c r="B129" t="s">
+        <v>9</v>
+      </c>
+      <c r="C129" t="s">
         <v>481</v>
       </c>
-      <c r="B129" t="s">
-[...2 lines deleted...]
-      <c r="C129" t="s">
+      <c r="D129" t="s">
+        <v>264</v>
+      </c>
+      <c r="E129" t="s">
+        <v>265</v>
+      </c>
+      <c r="F129" t="s">
+        <v>120</v>
+      </c>
+      <c r="G129" s="1" t="s">
         <v>482</v>
       </c>
-      <c r="D129" t="s">
-[...8 lines deleted...]
-      <c r="G129" s="1" t="s">
+      <c r="H129" t="s">
         <v>483</v>
-      </c>
-[...1 lines deleted...]
-        <v>484</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
+        <v>484</v>
+      </c>
+      <c r="B130" t="s">
+        <v>9</v>
+      </c>
+      <c r="C130" t="s">
         <v>485</v>
       </c>
-      <c r="B130" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D130" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E130" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F130" t="s">
         <v>140</v>
       </c>
       <c r="G130" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="H130" t="s">
         <v>487</v>
-      </c>
-[...1 lines deleted...]
-        <v>488</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
+        <v>488</v>
+      </c>
+      <c r="B131" t="s">
+        <v>9</v>
+      </c>
+      <c r="C131" t="s">
         <v>489</v>
       </c>
-      <c r="B131" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D131" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E131" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F131" t="s">
         <v>140</v>
       </c>
       <c r="G131" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="H131" t="s">
         <v>491</v>
-      </c>
-[...1 lines deleted...]
-        <v>492</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
+        <v>492</v>
+      </c>
+      <c r="B132" t="s">
+        <v>9</v>
+      </c>
+      <c r="C132" t="s">
         <v>493</v>
       </c>
-      <c r="B132" t="s">
-[...2 lines deleted...]
-      <c r="C132" t="s">
+      <c r="D132" t="s">
+        <v>264</v>
+      </c>
+      <c r="E132" t="s">
+        <v>265</v>
+      </c>
+      <c r="F132" t="s">
+        <v>140</v>
+      </c>
+      <c r="G132" s="1" t="s">
         <v>494</v>
       </c>
-      <c r="D132" t="s">
-[...8 lines deleted...]
-      <c r="G132" s="1" t="s">
+      <c r="H132" t="s">
         <v>495</v>
-      </c>
-[...1 lines deleted...]
-        <v>496</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
+        <v>496</v>
+      </c>
+      <c r="B133" t="s">
+        <v>9</v>
+      </c>
+      <c r="C133" t="s">
         <v>497</v>
       </c>
-      <c r="B133" t="s">
-[...2 lines deleted...]
-      <c r="C133" t="s">
+      <c r="D133" t="s">
+        <v>264</v>
+      </c>
+      <c r="E133" t="s">
+        <v>265</v>
+      </c>
+      <c r="F133" t="s">
+        <v>156</v>
+      </c>
+      <c r="G133" s="1" t="s">
         <v>498</v>
       </c>
-      <c r="D133" t="s">
-[...8 lines deleted...]
-      <c r="G133" s="1" t="s">
+      <c r="H133" t="s">
         <v>499</v>
-      </c>
-[...1 lines deleted...]
-        <v>500</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
+        <v>500</v>
+      </c>
+      <c r="B134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" t="s">
         <v>501</v>
       </c>
-      <c r="B134" t="s">
-[...2 lines deleted...]
-      <c r="C134" t="s">
+      <c r="D134" t="s">
+        <v>264</v>
+      </c>
+      <c r="E134" t="s">
+        <v>265</v>
+      </c>
+      <c r="F134" t="s">
+        <v>128</v>
+      </c>
+      <c r="G134" s="1" t="s">
         <v>502</v>
       </c>
-      <c r="D134" t="s">
-[...8 lines deleted...]
-      <c r="G134" s="1" t="s">
+      <c r="H134" t="s">
         <v>503</v>
-      </c>
-[...1 lines deleted...]
-        <v>504</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
+        <v>504</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
         <v>505</v>
       </c>
-      <c r="B135" t="s">
-[...2 lines deleted...]
-      <c r="C135" t="s">
+      <c r="D135" t="s">
+        <v>264</v>
+      </c>
+      <c r="E135" t="s">
+        <v>265</v>
+      </c>
+      <c r="F135" t="s">
+        <v>152</v>
+      </c>
+      <c r="G135" s="1" t="s">
         <v>506</v>
       </c>
-      <c r="D135" t="s">
-[...8 lines deleted...]
-      <c r="G135" s="1" t="s">
+      <c r="H135" t="s">
         <v>507</v>
-      </c>
-[...1 lines deleted...]
-        <v>508</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
+        <v>508</v>
+      </c>
+      <c r="B136" t="s">
+        <v>9</v>
+      </c>
+      <c r="C136" t="s">
         <v>509</v>
       </c>
-      <c r="B136" t="s">
-[...2 lines deleted...]
-      <c r="C136" t="s">
+      <c r="D136" t="s">
+        <v>264</v>
+      </c>
+      <c r="E136" t="s">
+        <v>265</v>
+      </c>
+      <c r="F136" t="s">
+        <v>199</v>
+      </c>
+      <c r="G136" s="1" t="s">
         <v>510</v>
       </c>
-      <c r="D136" t="s">
-[...8 lines deleted...]
-      <c r="G136" s="1" t="s">
+      <c r="H136" t="s">
         <v>511</v>
-      </c>
-[...1 lines deleted...]
-        <v>512</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
+        <v>512</v>
+      </c>
+      <c r="B137" t="s">
+        <v>9</v>
+      </c>
+      <c r="C137" t="s">
         <v>513</v>
       </c>
-      <c r="B137" t="s">
-[...2 lines deleted...]
-      <c r="C137" t="s">
+      <c r="D137" t="s">
+        <v>264</v>
+      </c>
+      <c r="E137" t="s">
+        <v>265</v>
+      </c>
+      <c r="F137" t="s">
+        <v>144</v>
+      </c>
+      <c r="G137" s="1" t="s">
         <v>514</v>
       </c>
-      <c r="D137" t="s">
-[...8 lines deleted...]
-      <c r="G137" s="1" t="s">
+      <c r="H137" t="s">
         <v>515</v>
-      </c>
-[...1 lines deleted...]
-        <v>516</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
+        <v>516</v>
+      </c>
+      <c r="B138" t="s">
+        <v>9</v>
+      </c>
+      <c r="C138" t="s">
         <v>517</v>
       </c>
-      <c r="B138" t="s">
-[...2 lines deleted...]
-      <c r="C138" t="s">
+      <c r="D138" t="s">
+        <v>264</v>
+      </c>
+      <c r="E138" t="s">
+        <v>265</v>
+      </c>
+      <c r="F138" t="s">
+        <v>199</v>
+      </c>
+      <c r="G138" s="1" t="s">
         <v>518</v>
       </c>
-      <c r="D138" t="s">
-[...8 lines deleted...]
-      <c r="G138" s="1" t="s">
+      <c r="H138" t="s">
         <v>519</v>
-      </c>
-[...1 lines deleted...]
-        <v>520</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
+        <v>520</v>
+      </c>
+      <c r="B139" t="s">
+        <v>9</v>
+      </c>
+      <c r="C139" t="s">
         <v>521</v>
       </c>
-      <c r="B139" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D139" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E139" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F139" t="s">
         <v>152</v>
       </c>
       <c r="G139" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="H139" t="s">
         <v>523</v>
-      </c>
-[...1 lines deleted...]
-        <v>524</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
+        <v>524</v>
+      </c>
+      <c r="B140" t="s">
+        <v>9</v>
+      </c>
+      <c r="C140" t="s">
         <v>525</v>
       </c>
-      <c r="B140" t="s">
-[...2 lines deleted...]
-      <c r="C140" t="s">
+      <c r="D140" t="s">
+        <v>264</v>
+      </c>
+      <c r="E140" t="s">
+        <v>265</v>
+      </c>
+      <c r="F140" t="s">
+        <v>152</v>
+      </c>
+      <c r="G140" s="1" t="s">
         <v>526</v>
       </c>
-      <c r="D140" t="s">
-[...8 lines deleted...]
-      <c r="G140" s="1" t="s">
+      <c r="H140" t="s">
         <v>527</v>
-      </c>
-[...1 lines deleted...]
-        <v>528</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
+        <v>528</v>
+      </c>
+      <c r="B141" t="s">
+        <v>9</v>
+      </c>
+      <c r="C141" t="s">
         <v>529</v>
       </c>
-      <c r="B141" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D141" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E141" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F141" t="s">
         <v>124</v>
       </c>
       <c r="G141" s="1" t="s">
+        <v>530</v>
+      </c>
+      <c r="H141" t="s">
         <v>531</v>
-      </c>
-[...1 lines deleted...]
-        <v>532</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
+        <v>532</v>
+      </c>
+      <c r="B142" t="s">
+        <v>9</v>
+      </c>
+      <c r="C142" t="s">
         <v>533</v>
       </c>
-      <c r="B142" t="s">
-[...2 lines deleted...]
-      <c r="C142" t="s">
+      <c r="D142" t="s">
+        <v>264</v>
+      </c>
+      <c r="E142" t="s">
+        <v>265</v>
+      </c>
+      <c r="F142" t="s">
+        <v>124</v>
+      </c>
+      <c r="G142" s="1" t="s">
         <v>534</v>
       </c>
-      <c r="D142" t="s">
-[...8 lines deleted...]
-      <c r="G142" s="1" t="s">
+      <c r="H142" t="s">
         <v>535</v>
-      </c>
-[...1 lines deleted...]
-        <v>536</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
+        <v>536</v>
+      </c>
+      <c r="B143" t="s">
+        <v>9</v>
+      </c>
+      <c r="C143" t="s">
         <v>537</v>
       </c>
-      <c r="B143" t="s">
-[...2 lines deleted...]
-      <c r="C143" t="s">
+      <c r="D143" t="s">
+        <v>264</v>
+      </c>
+      <c r="E143" t="s">
+        <v>265</v>
+      </c>
+      <c r="F143" t="s">
+        <v>116</v>
+      </c>
+      <c r="G143" s="1" t="s">
         <v>538</v>
       </c>
-      <c r="D143" t="s">
-[...8 lines deleted...]
-      <c r="G143" s="1" t="s">
+      <c r="H143" t="s">
         <v>539</v>
-      </c>
-[...1 lines deleted...]
-        <v>540</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
+        <v>540</v>
+      </c>
+      <c r="B144" t="s">
+        <v>9</v>
+      </c>
+      <c r="C144" t="s">
         <v>541</v>
       </c>
-      <c r="B144" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D144" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E144" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F144" t="s">
         <v>144</v>
       </c>
       <c r="G144" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="H144" t="s">
         <v>543</v>
-      </c>
-[...1 lines deleted...]
-        <v>544</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
+        <v>544</v>
+      </c>
+      <c r="B145" t="s">
+        <v>9</v>
+      </c>
+      <c r="C145" t="s">
         <v>545</v>
       </c>
-      <c r="B145" t="s">
-[...2 lines deleted...]
-      <c r="C145" t="s">
+      <c r="D145" t="s">
+        <v>264</v>
+      </c>
+      <c r="E145" t="s">
+        <v>265</v>
+      </c>
+      <c r="F145" t="s">
+        <v>144</v>
+      </c>
+      <c r="G145" s="1" t="s">
         <v>546</v>
       </c>
-      <c r="D145" t="s">
-[...8 lines deleted...]
-      <c r="G145" s="1" t="s">
+      <c r="H145" t="s">
         <v>547</v>
-      </c>
-[...1 lines deleted...]
-        <v>548</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
+        <v>548</v>
+      </c>
+      <c r="B146" t="s">
+        <v>9</v>
+      </c>
+      <c r="C146" t="s">
         <v>549</v>
       </c>
-      <c r="B146" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D146" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E146" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F146" t="s">
         <v>194</v>
       </c>
       <c r="G146" s="1" t="s">
+        <v>550</v>
+      </c>
+      <c r="H146" t="s">
         <v>551</v>
-      </c>
-[...1 lines deleted...]
-        <v>552</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
+        <v>552</v>
+      </c>
+      <c r="B147" t="s">
+        <v>9</v>
+      </c>
+      <c r="C147" t="s">
         <v>553</v>
       </c>
-      <c r="B147" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D147" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E147" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F147" t="s">
         <v>194</v>
       </c>
       <c r="G147" s="1" t="s">
+        <v>554</v>
+      </c>
+      <c r="H147" t="s">
         <v>555</v>
-      </c>
-[...1 lines deleted...]
-        <v>556</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
+        <v>556</v>
+      </c>
+      <c r="B148" t="s">
+        <v>9</v>
+      </c>
+      <c r="C148" t="s">
         <v>557</v>
       </c>
-      <c r="B148" t="s">
-[...2 lines deleted...]
-      <c r="C148" t="s">
+      <c r="D148" t="s">
+        <v>264</v>
+      </c>
+      <c r="E148" t="s">
+        <v>265</v>
+      </c>
+      <c r="F148" t="s">
+        <v>194</v>
+      </c>
+      <c r="G148" s="1" t="s">
         <v>558</v>
       </c>
-      <c r="D148" t="s">
-[...8 lines deleted...]
-      <c r="G148" s="1" t="s">
+      <c r="H148" t="s">
         <v>559</v>
-      </c>
-[...1 lines deleted...]
-        <v>560</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
+        <v>560</v>
+      </c>
+      <c r="B149" t="s">
+        <v>9</v>
+      </c>
+      <c r="C149" t="s">
         <v>561</v>
       </c>
-      <c r="B149" t="s">
-[...2 lines deleted...]
-      <c r="C149" t="s">
+      <c r="D149" t="s">
+        <v>264</v>
+      </c>
+      <c r="E149" t="s">
+        <v>265</v>
+      </c>
+      <c r="F149" t="s">
+        <v>169</v>
+      </c>
+      <c r="G149" s="1" t="s">
         <v>562</v>
       </c>
-      <c r="D149" t="s">
-[...8 lines deleted...]
-      <c r="G149" s="1" t="s">
+      <c r="H149" t="s">
         <v>563</v>
-      </c>
-[...1 lines deleted...]
-        <v>564</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
+        <v>564</v>
+      </c>
+      <c r="B150" t="s">
+        <v>9</v>
+      </c>
+      <c r="C150" t="s">
         <v>565</v>
       </c>
-      <c r="B150" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D150" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E150" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F150" t="s">
         <v>128</v>
       </c>
       <c r="G150" s="1" t="s">
+        <v>566</v>
+      </c>
+      <c r="H150" t="s">
         <v>567</v>
-      </c>
-[...1 lines deleted...]
-        <v>568</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
+        <v>568</v>
+      </c>
+      <c r="B151" t="s">
+        <v>9</v>
+      </c>
+      <c r="C151" t="s">
         <v>569</v>
       </c>
-      <c r="B151" t="s">
-[...2 lines deleted...]
-      <c r="C151" t="s">
+      <c r="D151" t="s">
+        <v>264</v>
+      </c>
+      <c r="E151" t="s">
+        <v>265</v>
+      </c>
+      <c r="F151" t="s">
+        <v>128</v>
+      </c>
+      <c r="G151" s="1" t="s">
         <v>570</v>
       </c>
-      <c r="D151" t="s">
-[...8 lines deleted...]
-      <c r="G151" s="1" t="s">
+      <c r="H151" t="s">
         <v>571</v>
-      </c>
-[...1 lines deleted...]
-        <v>572</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
+        <v>572</v>
+      </c>
+      <c r="B152" t="s">
+        <v>9</v>
+      </c>
+      <c r="C152" t="s">
         <v>573</v>
       </c>
-      <c r="B152" t="s">
-[...2 lines deleted...]
-      <c r="C152" t="s">
+      <c r="D152" t="s">
+        <v>264</v>
+      </c>
+      <c r="E152" t="s">
+        <v>265</v>
+      </c>
+      <c r="F152" t="s">
+        <v>120</v>
+      </c>
+      <c r="G152" s="1" t="s">
         <v>574</v>
       </c>
-      <c r="D152" t="s">
-[...8 lines deleted...]
-      <c r="G152" s="1" t="s">
+      <c r="H152" t="s">
         <v>575</v>
-      </c>
-[...1 lines deleted...]
-        <v>576</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
+        <v>576</v>
+      </c>
+      <c r="B153" t="s">
+        <v>9</v>
+      </c>
+      <c r="C153" t="s">
         <v>577</v>
       </c>
-      <c r="B153" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D153" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E153" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F153" t="s">
         <v>169</v>
       </c>
       <c r="G153" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="H153" t="s">
         <v>579</v>
-      </c>
-[...1 lines deleted...]
-        <v>580</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
+        <v>580</v>
+      </c>
+      <c r="B154" t="s">
+        <v>9</v>
+      </c>
+      <c r="C154" t="s">
         <v>581</v>
       </c>
-      <c r="B154" t="s">
-[...2 lines deleted...]
-      <c r="C154" t="s">
+      <c r="D154" t="s">
+        <v>264</v>
+      </c>
+      <c r="E154" t="s">
+        <v>265</v>
+      </c>
+      <c r="F154" t="s">
+        <v>169</v>
+      </c>
+      <c r="G154" s="1" t="s">
         <v>582</v>
       </c>
-      <c r="D154" t="s">
-[...8 lines deleted...]
-      <c r="G154" s="1" t="s">
+      <c r="H154" t="s">
         <v>583</v>
-      </c>
-[...1 lines deleted...]
-        <v>584</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
+        <v>584</v>
+      </c>
+      <c r="B155" t="s">
+        <v>9</v>
+      </c>
+      <c r="C155" t="s">
         <v>585</v>
       </c>
-      <c r="B155" t="s">
-[...2 lines deleted...]
-      <c r="C155" t="s">
+      <c r="D155" t="s">
+        <v>264</v>
+      </c>
+      <c r="E155" t="s">
+        <v>265</v>
+      </c>
+      <c r="F155" t="s">
+        <v>199</v>
+      </c>
+      <c r="G155" s="1" t="s">
         <v>586</v>
       </c>
-      <c r="D155" t="s">
-[...8 lines deleted...]
-      <c r="G155" s="1" t="s">
+      <c r="H155" t="s">
         <v>587</v>
-      </c>
-[...1 lines deleted...]
-        <v>588</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
+        <v>588</v>
+      </c>
+      <c r="B156" t="s">
+        <v>9</v>
+      </c>
+      <c r="C156" t="s">
         <v>589</v>
       </c>
-      <c r="B156" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D156" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E156" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F156" t="s">
         <v>124</v>
       </c>
       <c r="G156" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="H156" t="s">
         <v>591</v>
-      </c>
-[...1 lines deleted...]
-        <v>592</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
+        <v>592</v>
+      </c>
+      <c r="B157" t="s">
+        <v>9</v>
+      </c>
+      <c r="C157" t="s">
         <v>593</v>
       </c>
-      <c r="B157" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D157" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E157" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F157" t="s">
         <v>124</v>
       </c>
       <c r="G157" s="1" t="s">
+        <v>594</v>
+      </c>
+      <c r="H157" t="s">
         <v>595</v>
-      </c>
-[...1 lines deleted...]
-        <v>596</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
+        <v>596</v>
+      </c>
+      <c r="B158" t="s">
+        <v>9</v>
+      </c>
+      <c r="C158" t="s">
         <v>597</v>
       </c>
-      <c r="B158" t="s">
-[...2 lines deleted...]
-      <c r="C158" t="s">
+      <c r="D158" t="s">
+        <v>264</v>
+      </c>
+      <c r="E158" t="s">
+        <v>265</v>
+      </c>
+      <c r="F158" t="s">
+        <v>124</v>
+      </c>
+      <c r="G158" s="1" t="s">
         <v>598</v>
       </c>
-      <c r="D158" t="s">
-[...8 lines deleted...]
-      <c r="G158" s="1" t="s">
+      <c r="H158" t="s">
         <v>599</v>
-      </c>
-[...1 lines deleted...]
-        <v>600</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
+        <v>600</v>
+      </c>
+      <c r="B159" t="s">
+        <v>9</v>
+      </c>
+      <c r="C159" t="s">
         <v>601</v>
       </c>
-      <c r="B159" t="s">
-[...2 lines deleted...]
-      <c r="C159" t="s">
+      <c r="D159" t="s">
+        <v>264</v>
+      </c>
+      <c r="E159" t="s">
+        <v>265</v>
+      </c>
+      <c r="F159" t="s">
+        <v>144</v>
+      </c>
+      <c r="G159" s="1" t="s">
         <v>602</v>
       </c>
-      <c r="D159" t="s">
-[...8 lines deleted...]
-      <c r="G159" s="1" t="s">
+      <c r="H159" t="s">
         <v>603</v>
-      </c>
-[...1 lines deleted...]
-        <v>604</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
+        <v>604</v>
+      </c>
+      <c r="B160" t="s">
+        <v>9</v>
+      </c>
+      <c r="C160" t="s">
         <v>605</v>
       </c>
-      <c r="B160" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D160" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E160" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F160" t="s">
         <v>128</v>
       </c>
       <c r="G160" s="1" t="s">
+        <v>606</v>
+      </c>
+      <c r="H160" t="s">
         <v>607</v>
-      </c>
-[...1 lines deleted...]
-        <v>608</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
+        <v>608</v>
+      </c>
+      <c r="B161" t="s">
+        <v>9</v>
+      </c>
+      <c r="C161" t="s">
         <v>609</v>
       </c>
-      <c r="B161" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D161" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E161" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F161" t="s">
         <v>128</v>
       </c>
       <c r="G161" s="1" t="s">
+        <v>610</v>
+      </c>
+      <c r="H161" t="s">
         <v>611</v>
-      </c>
-[...1 lines deleted...]
-        <v>612</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
+        <v>612</v>
+      </c>
+      <c r="B162" t="s">
+        <v>9</v>
+      </c>
+      <c r="C162" t="s">
         <v>613</v>
       </c>
-      <c r="B162" t="s">
-[...2 lines deleted...]
-      <c r="C162" t="s">
+      <c r="D162" t="s">
+        <v>264</v>
+      </c>
+      <c r="E162" t="s">
+        <v>265</v>
+      </c>
+      <c r="F162" t="s">
+        <v>128</v>
+      </c>
+      <c r="G162" s="1" t="s">
         <v>614</v>
       </c>
-      <c r="D162" t="s">
-[...8 lines deleted...]
-      <c r="G162" s="1" t="s">
+      <c r="H162" t="s">
         <v>615</v>
-      </c>
-[...1 lines deleted...]
-        <v>616</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
+        <v>616</v>
+      </c>
+      <c r="B163" t="s">
+        <v>9</v>
+      </c>
+      <c r="C163" t="s">
         <v>617</v>
       </c>
-      <c r="B163" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D163" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E163" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F163" t="s">
         <v>199</v>
       </c>
       <c r="G163" s="1" t="s">
+        <v>618</v>
+      </c>
+      <c r="H163" t="s">
         <v>619</v>
-      </c>
-[...1 lines deleted...]
-        <v>620</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
+        <v>620</v>
+      </c>
+      <c r="B164" t="s">
+        <v>9</v>
+      </c>
+      <c r="C164" t="s">
         <v>621</v>
       </c>
-      <c r="B164" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D164" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E164" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F164" t="s">
         <v>199</v>
       </c>
       <c r="G164" s="1" t="s">
+        <v>622</v>
+      </c>
+      <c r="H164" t="s">
         <v>623</v>
-      </c>
-[...1 lines deleted...]
-        <v>624</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
+        <v>624</v>
+      </c>
+      <c r="B165" t="s">
+        <v>9</v>
+      </c>
+      <c r="C165" t="s">
         <v>625</v>
       </c>
-      <c r="B165" t="s">
-[...2 lines deleted...]
-      <c r="C165" t="s">
+      <c r="D165" t="s">
+        <v>264</v>
+      </c>
+      <c r="E165" t="s">
+        <v>265</v>
+      </c>
+      <c r="F165" t="s">
+        <v>199</v>
+      </c>
+      <c r="G165" s="1" t="s">
         <v>626</v>
       </c>
-      <c r="D165" t="s">
-[...8 lines deleted...]
-      <c r="G165" s="1" t="s">
+      <c r="H165" t="s">
         <v>627</v>
-      </c>
-[...1 lines deleted...]
-        <v>628</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
+        <v>628</v>
+      </c>
+      <c r="B166" t="s">
+        <v>9</v>
+      </c>
+      <c r="C166" t="s">
         <v>629</v>
       </c>
-      <c r="B166" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D166" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E166" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F166" t="s">
         <v>116</v>
       </c>
       <c r="G166" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="H166" t="s">
         <v>631</v>
-      </c>
-[...1 lines deleted...]
-        <v>632</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
+        <v>632</v>
+      </c>
+      <c r="B167" t="s">
+        <v>9</v>
+      </c>
+      <c r="C167" t="s">
         <v>633</v>
       </c>
-      <c r="B167" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D167" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E167" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F167" t="s">
         <v>116</v>
       </c>
       <c r="G167" s="1" t="s">
+        <v>634</v>
+      </c>
+      <c r="H167" t="s">
         <v>635</v>
-      </c>
-[...1 lines deleted...]
-        <v>636</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
+        <v>636</v>
+      </c>
+      <c r="B168" t="s">
+        <v>9</v>
+      </c>
+      <c r="C168" t="s">
         <v>637</v>
       </c>
-      <c r="B168" t="s">
-[...2 lines deleted...]
-      <c r="C168" t="s">
+      <c r="D168" t="s">
+        <v>264</v>
+      </c>
+      <c r="E168" t="s">
+        <v>265</v>
+      </c>
+      <c r="F168" t="s">
+        <v>116</v>
+      </c>
+      <c r="G168" s="1" t="s">
         <v>638</v>
       </c>
-      <c r="D168" t="s">
-[...8 lines deleted...]
-      <c r="G168" s="1" t="s">
+      <c r="H168" t="s">
         <v>639</v>
-      </c>
-[...1 lines deleted...]
-        <v>640</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
+        <v>640</v>
+      </c>
+      <c r="B169" t="s">
+        <v>9</v>
+      </c>
+      <c r="C169" t="s">
         <v>641</v>
       </c>
-      <c r="B169" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D169" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E169" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F169" t="s">
         <v>194</v>
       </c>
       <c r="G169" s="1" t="s">
+        <v>642</v>
+      </c>
+      <c r="H169" t="s">
         <v>643</v>
-      </c>
-[...1 lines deleted...]
-        <v>644</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
+        <v>644</v>
+      </c>
+      <c r="B170" t="s">
+        <v>9</v>
+      </c>
+      <c r="C170" t="s">
         <v>645</v>
       </c>
-      <c r="B170" t="s">
-[...2 lines deleted...]
-      <c r="C170" t="s">
+      <c r="D170" t="s">
+        <v>264</v>
+      </c>
+      <c r="E170" t="s">
+        <v>265</v>
+      </c>
+      <c r="F170" t="s">
+        <v>194</v>
+      </c>
+      <c r="G170" s="1" t="s">
         <v>646</v>
       </c>
-      <c r="D170" t="s">
-[...8 lines deleted...]
-      <c r="G170" s="1" t="s">
+      <c r="H170" t="s">
         <v>647</v>
-      </c>
-[...1 lines deleted...]
-        <v>648</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
+        <v>648</v>
+      </c>
+      <c r="B171" t="s">
+        <v>9</v>
+      </c>
+      <c r="C171" t="s">
         <v>649</v>
       </c>
-      <c r="B171" t="s">
-[...2 lines deleted...]
-      <c r="C171" t="s">
+      <c r="D171" t="s">
+        <v>264</v>
+      </c>
+      <c r="E171" t="s">
+        <v>265</v>
+      </c>
+      <c r="F171" t="s">
+        <v>128</v>
+      </c>
+      <c r="G171" s="1" t="s">
         <v>650</v>
       </c>
-      <c r="D171" t="s">
-[...8 lines deleted...]
-      <c r="G171" s="1" t="s">
+      <c r="H171" t="s">
         <v>651</v>
-      </c>
-[...1 lines deleted...]
-        <v>652</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
+        <v>652</v>
+      </c>
+      <c r="B172" t="s">
+        <v>9</v>
+      </c>
+      <c r="C172" t="s">
         <v>653</v>
       </c>
-      <c r="B172" t="s">
-[...2 lines deleted...]
-      <c r="C172" t="s">
+      <c r="D172" t="s">
+        <v>264</v>
+      </c>
+      <c r="E172" t="s">
+        <v>265</v>
+      </c>
+      <c r="F172" t="s">
+        <v>140</v>
+      </c>
+      <c r="G172" s="1" t="s">
         <v>654</v>
       </c>
-      <c r="D172" t="s">
-[...8 lines deleted...]
-      <c r="G172" s="1" t="s">
+      <c r="H172" t="s">
         <v>655</v>
-      </c>
-[...1 lines deleted...]
-        <v>656</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
+        <v>656</v>
+      </c>
+      <c r="B173" t="s">
+        <v>9</v>
+      </c>
+      <c r="C173" t="s">
         <v>657</v>
       </c>
-      <c r="B173" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D173" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E173" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F173" t="s">
         <v>152</v>
       </c>
       <c r="G173" s="1" t="s">
+        <v>658</v>
+      </c>
+      <c r="H173" t="s">
         <v>659</v>
-      </c>
-[...1 lines deleted...]
-        <v>660</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
+        <v>660</v>
+      </c>
+      <c r="B174" t="s">
+        <v>9</v>
+      </c>
+      <c r="C174" t="s">
         <v>661</v>
       </c>
-      <c r="B174" t="s">
-[...2 lines deleted...]
-      <c r="C174" t="s">
+      <c r="D174" t="s">
+        <v>264</v>
+      </c>
+      <c r="E174" t="s">
+        <v>265</v>
+      </c>
+      <c r="F174" t="s">
+        <v>152</v>
+      </c>
+      <c r="G174" s="1" t="s">
         <v>662</v>
       </c>
-      <c r="D174" t="s">
-[...8 lines deleted...]
-      <c r="G174" s="1" t="s">
+      <c r="H174" t="s">
         <v>663</v>
-      </c>
-[...1 lines deleted...]
-        <v>664</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
+        <v>664</v>
+      </c>
+      <c r="B175" t="s">
+        <v>9</v>
+      </c>
+      <c r="C175" t="s">
         <v>665</v>
       </c>
-      <c r="B175" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D175" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E175" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F175" t="s">
         <v>116</v>
       </c>
       <c r="G175" s="1" t="s">
+        <v>666</v>
+      </c>
+      <c r="H175" t="s">
         <v>667</v>
-      </c>
-[...1 lines deleted...]
-        <v>668</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
+        <v>668</v>
+      </c>
+      <c r="B176" t="s">
+        <v>9</v>
+      </c>
+      <c r="C176" t="s">
         <v>669</v>
       </c>
-      <c r="B176" t="s">
-[...2 lines deleted...]
-      <c r="C176" t="s">
+      <c r="D176" t="s">
+        <v>264</v>
+      </c>
+      <c r="E176" t="s">
+        <v>265</v>
+      </c>
+      <c r="F176" t="s">
+        <v>116</v>
+      </c>
+      <c r="G176" s="1" t="s">
         <v>670</v>
       </c>
-      <c r="D176" t="s">
-[...8 lines deleted...]
-      <c r="G176" s="1" t="s">
+      <c r="H176" t="s">
         <v>671</v>
-      </c>
-[...1 lines deleted...]
-        <v>672</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
+        <v>672</v>
+      </c>
+      <c r="B177" t="s">
+        <v>9</v>
+      </c>
+      <c r="C177" t="s">
         <v>673</v>
       </c>
-      <c r="B177" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D177" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E177" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F177" t="s">
         <v>128</v>
       </c>
       <c r="G177" s="1" t="s">
+        <v>674</v>
+      </c>
+      <c r="H177" t="s">
         <v>675</v>
-      </c>
-[...1 lines deleted...]
-        <v>676</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
+        <v>676</v>
+      </c>
+      <c r="B178" t="s">
+        <v>9</v>
+      </c>
+      <c r="C178" t="s">
         <v>677</v>
       </c>
-      <c r="B178" t="s">
-[...2 lines deleted...]
-      <c r="C178" t="s">
+      <c r="D178" t="s">
+        <v>264</v>
+      </c>
+      <c r="E178" t="s">
+        <v>265</v>
+      </c>
+      <c r="F178" t="s">
+        <v>128</v>
+      </c>
+      <c r="G178" s="1" t="s">
         <v>678</v>
       </c>
-      <c r="D178" t="s">
-[...8 lines deleted...]
-      <c r="G178" s="1" t="s">
+      <c r="H178" t="s">
         <v>679</v>
-      </c>
-[...1 lines deleted...]
-        <v>680</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
+        <v>680</v>
+      </c>
+      <c r="B179" t="s">
+        <v>9</v>
+      </c>
+      <c r="C179" t="s">
         <v>681</v>
       </c>
-      <c r="B179" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D179" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E179" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F179" t="s">
         <v>140</v>
       </c>
       <c r="G179" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="H179" t="s">
         <v>683</v>
-      </c>
-[...1 lines deleted...]
-        <v>684</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
+        <v>684</v>
+      </c>
+      <c r="B180" t="s">
+        <v>9</v>
+      </c>
+      <c r="C180" t="s">
         <v>685</v>
       </c>
-      <c r="B180" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D180" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E180" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F180" t="s">
         <v>140</v>
       </c>
       <c r="G180" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="H180" t="s">
         <v>687</v>
-      </c>
-[...1 lines deleted...]
-        <v>688</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
+        <v>688</v>
+      </c>
+      <c r="B181" t="s">
+        <v>9</v>
+      </c>
+      <c r="C181" t="s">
         <v>689</v>
       </c>
-      <c r="B181" t="s">
-[...2 lines deleted...]
-      <c r="C181" t="s">
+      <c r="D181" t="s">
+        <v>264</v>
+      </c>
+      <c r="E181" t="s">
+        <v>265</v>
+      </c>
+      <c r="F181" t="s">
+        <v>140</v>
+      </c>
+      <c r="G181" s="1" t="s">
         <v>690</v>
       </c>
-      <c r="D181" t="s">
-[...8 lines deleted...]
-      <c r="G181" s="1" t="s">
+      <c r="H181" t="s">
         <v>691</v>
-      </c>
-[...1 lines deleted...]
-        <v>692</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
+        <v>692</v>
+      </c>
+      <c r="B182" t="s">
+        <v>9</v>
+      </c>
+      <c r="C182" t="s">
         <v>693</v>
       </c>
-      <c r="B182" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D182" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E182" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F182" t="s">
         <v>120</v>
       </c>
       <c r="G182" s="1" t="s">
+        <v>694</v>
+      </c>
+      <c r="H182" t="s">
         <v>695</v>
-      </c>
-[...1 lines deleted...]
-        <v>696</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
+        <v>696</v>
+      </c>
+      <c r="B183" t="s">
+        <v>9</v>
+      </c>
+      <c r="C183" t="s">
         <v>697</v>
       </c>
-      <c r="B183" t="s">
-[...2 lines deleted...]
-      <c r="C183" t="s">
+      <c r="D183" t="s">
+        <v>264</v>
+      </c>
+      <c r="E183" t="s">
+        <v>265</v>
+      </c>
+      <c r="F183" t="s">
+        <v>120</v>
+      </c>
+      <c r="G183" s="1" t="s">
         <v>698</v>
       </c>
-      <c r="D183" t="s">
-[...8 lines deleted...]
-      <c r="G183" s="1" t="s">
+      <c r="H183" t="s">
         <v>699</v>
-      </c>
-[...1 lines deleted...]
-        <v>700</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
+        <v>700</v>
+      </c>
+      <c r="B184" t="s">
+        <v>9</v>
+      </c>
+      <c r="C184" t="s">
         <v>701</v>
       </c>
-      <c r="B184" t="s">
-[...2 lines deleted...]
-      <c r="C184" t="s">
+      <c r="D184" t="s">
+        <v>264</v>
+      </c>
+      <c r="E184" t="s">
+        <v>265</v>
+      </c>
+      <c r="F184" t="s">
+        <v>199</v>
+      </c>
+      <c r="G184" s="1" t="s">
         <v>702</v>
       </c>
-      <c r="D184" t="s">
-[...8 lines deleted...]
-      <c r="G184" s="1" t="s">
+      <c r="H184" t="s">
         <v>703</v>
-      </c>
-[...1 lines deleted...]
-        <v>704</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
+        <v>704</v>
+      </c>
+      <c r="B185" t="s">
+        <v>9</v>
+      </c>
+      <c r="C185" t="s">
         <v>705</v>
       </c>
-      <c r="B185" t="s">
-[...2 lines deleted...]
-      <c r="C185" t="s">
+      <c r="D185" t="s">
+        <v>264</v>
+      </c>
+      <c r="E185" t="s">
+        <v>265</v>
+      </c>
+      <c r="F185" t="s">
+        <v>140</v>
+      </c>
+      <c r="G185" s="1" t="s">
         <v>706</v>
       </c>
-      <c r="D185" t="s">
-[...8 lines deleted...]
-      <c r="G185" s="1" t="s">
+      <c r="H185" t="s">
         <v>707</v>
-      </c>
-[...1 lines deleted...]
-        <v>708</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
+        <v>708</v>
+      </c>
+      <c r="B186" t="s">
+        <v>9</v>
+      </c>
+      <c r="C186" t="s">
         <v>709</v>
       </c>
-      <c r="B186" t="s">
-[...2 lines deleted...]
-      <c r="C186" t="s">
+      <c r="D186" t="s">
+        <v>264</v>
+      </c>
+      <c r="E186" t="s">
+        <v>265</v>
+      </c>
+      <c r="F186" t="s">
+        <v>128</v>
+      </c>
+      <c r="G186" s="1" t="s">
         <v>710</v>
       </c>
-      <c r="D186" t="s">
-[...8 lines deleted...]
-      <c r="G186" s="1" t="s">
+      <c r="H186" t="s">
         <v>711</v>
-      </c>
-[...1 lines deleted...]
-        <v>712</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
+        <v>712</v>
+      </c>
+      <c r="B187" t="s">
+        <v>9</v>
+      </c>
+      <c r="C187" t="s">
         <v>713</v>
       </c>
-      <c r="B187" t="s">
-[...2 lines deleted...]
-      <c r="C187" t="s">
+      <c r="D187" t="s">
+        <v>264</v>
+      </c>
+      <c r="E187" t="s">
+        <v>265</v>
+      </c>
+      <c r="F187" t="s">
+        <v>152</v>
+      </c>
+      <c r="G187" s="1" t="s">
         <v>714</v>
       </c>
-      <c r="D187" t="s">
-[...8 lines deleted...]
-      <c r="G187" s="1" t="s">
+      <c r="H187" t="s">
         <v>715</v>
-      </c>
-[...1 lines deleted...]
-        <v>716</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
+        <v>716</v>
+      </c>
+      <c r="B188" t="s">
+        <v>9</v>
+      </c>
+      <c r="C188" t="s">
         <v>717</v>
       </c>
-      <c r="B188" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D188" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E188" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F188" t="s">
         <v>116</v>
       </c>
       <c r="G188" s="1" t="s">
+        <v>718</v>
+      </c>
+      <c r="H188" t="s">
         <v>719</v>
-      </c>
-[...1 lines deleted...]
-        <v>720</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
+        <v>720</v>
+      </c>
+      <c r="B189" t="s">
+        <v>9</v>
+      </c>
+      <c r="C189" t="s">
         <v>721</v>
       </c>
-      <c r="B189" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D189" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E189" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F189" t="s">
         <v>116</v>
       </c>
       <c r="G189" s="1" t="s">
+        <v>722</v>
+      </c>
+      <c r="H189" t="s">
         <v>723</v>
-      </c>
-[...1 lines deleted...]
-        <v>724</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
+        <v>724</v>
+      </c>
+      <c r="B190" t="s">
+        <v>9</v>
+      </c>
+      <c r="C190" t="s">
         <v>725</v>
       </c>
-      <c r="B190" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D190" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E190" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F190" t="s">
         <v>116</v>
       </c>
       <c r="G190" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="H190" t="s">
         <v>727</v>
-      </c>
-[...1 lines deleted...]
-        <v>728</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
+        <v>728</v>
+      </c>
+      <c r="B191" t="s">
+        <v>9</v>
+      </c>
+      <c r="C191" t="s">
         <v>729</v>
       </c>
-      <c r="B191" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D191" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E191" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F191" t="s">
         <v>116</v>
       </c>
       <c r="G191" s="1" t="s">
+        <v>730</v>
+      </c>
+      <c r="H191" t="s">
         <v>731</v>
-      </c>
-[...1 lines deleted...]
-        <v>732</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
+        <v>732</v>
+      </c>
+      <c r="B192" t="s">
+        <v>9</v>
+      </c>
+      <c r="C192" t="s">
         <v>733</v>
       </c>
-      <c r="B192" t="s">
-[...2 lines deleted...]
-      <c r="C192" t="s">
+      <c r="D192" t="s">
+        <v>264</v>
+      </c>
+      <c r="E192" t="s">
+        <v>265</v>
+      </c>
+      <c r="F192" t="s">
+        <v>116</v>
+      </c>
+      <c r="G192" s="1" t="s">
         <v>734</v>
       </c>
-      <c r="D192" t="s">
-[...8 lines deleted...]
-      <c r="G192" s="1" t="s">
+      <c r="H192" t="s">
         <v>735</v>
-      </c>
-[...1 lines deleted...]
-        <v>736</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
+        <v>736</v>
+      </c>
+      <c r="B193" t="s">
+        <v>9</v>
+      </c>
+      <c r="C193" t="s">
         <v>737</v>
       </c>
-      <c r="B193" t="s">
-[...2 lines deleted...]
-      <c r="C193" t="s">
+      <c r="D193" t="s">
+        <v>264</v>
+      </c>
+      <c r="E193" t="s">
+        <v>265</v>
+      </c>
+      <c r="F193" t="s">
+        <v>169</v>
+      </c>
+      <c r="G193" s="1" t="s">
         <v>738</v>
       </c>
-      <c r="D193" t="s">
-[...8 lines deleted...]
-      <c r="G193" s="1" t="s">
+      <c r="H193" t="s">
         <v>739</v>
-      </c>
-[...1 lines deleted...]
-        <v>740</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
+        <v>740</v>
+      </c>
+      <c r="B194" t="s">
+        <v>9</v>
+      </c>
+      <c r="C194" t="s">
         <v>741</v>
       </c>
-      <c r="B194" t="s">
-[...2 lines deleted...]
-      <c r="C194" t="s">
+      <c r="D194" t="s">
+        <v>264</v>
+      </c>
+      <c r="E194" t="s">
+        <v>265</v>
+      </c>
+      <c r="F194" t="s">
+        <v>120</v>
+      </c>
+      <c r="G194" s="1" t="s">
         <v>742</v>
       </c>
-      <c r="D194" t="s">
-[...8 lines deleted...]
-      <c r="G194" s="1" t="s">
+      <c r="H194" t="s">
         <v>743</v>
-      </c>
-[...1 lines deleted...]
-        <v>744</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
+        <v>744</v>
+      </c>
+      <c r="B195" t="s">
+        <v>9</v>
+      </c>
+      <c r="C195" t="s">
         <v>745</v>
       </c>
-      <c r="B195" t="s">
-[...2 lines deleted...]
-      <c r="C195" t="s">
+      <c r="D195" t="s">
+        <v>264</v>
+      </c>
+      <c r="E195" t="s">
+        <v>265</v>
+      </c>
+      <c r="F195" t="s">
+        <v>199</v>
+      </c>
+      <c r="G195" s="1" t="s">
         <v>746</v>
       </c>
-      <c r="D195" t="s">
-[...8 lines deleted...]
-      <c r="G195" s="1" t="s">
+      <c r="H195" t="s">
         <v>747</v>
-      </c>
-[...1 lines deleted...]
-        <v>748</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
+        <v>748</v>
+      </c>
+      <c r="B196" t="s">
+        <v>9</v>
+      </c>
+      <c r="C196" t="s">
         <v>749</v>
       </c>
-      <c r="B196" t="s">
-[...2 lines deleted...]
-      <c r="C196" t="s">
+      <c r="D196" t="s">
+        <v>264</v>
+      </c>
+      <c r="E196" t="s">
+        <v>265</v>
+      </c>
+      <c r="F196" t="s">
+        <v>140</v>
+      </c>
+      <c r="G196" s="1" t="s">
         <v>750</v>
       </c>
-      <c r="D196" t="s">
-[...8 lines deleted...]
-      <c r="G196" s="1" t="s">
+      <c r="H196" t="s">
         <v>751</v>
-      </c>
-[...1 lines deleted...]
-        <v>752</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
+        <v>752</v>
+      </c>
+      <c r="B197" t="s">
+        <v>9</v>
+      </c>
+      <c r="C197" t="s">
         <v>753</v>
       </c>
-      <c r="B197" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D197" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E197" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F197" t="s">
         <v>128</v>
       </c>
       <c r="G197" s="1" t="s">
+        <v>754</v>
+      </c>
+      <c r="H197" t="s">
         <v>755</v>
-      </c>
-[...1 lines deleted...]
-        <v>756</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
+        <v>756</v>
+      </c>
+      <c r="B198" t="s">
+        <v>9</v>
+      </c>
+      <c r="C198" t="s">
         <v>757</v>
       </c>
-      <c r="B198" t="s">
-[...2 lines deleted...]
-      <c r="C198" t="s">
+      <c r="D198" t="s">
+        <v>264</v>
+      </c>
+      <c r="E198" t="s">
+        <v>265</v>
+      </c>
+      <c r="F198" t="s">
+        <v>128</v>
+      </c>
+      <c r="G198" s="1" t="s">
         <v>758</v>
       </c>
-      <c r="D198" t="s">
-[...8 lines deleted...]
-      <c r="G198" s="1" t="s">
+      <c r="H198" t="s">
         <v>759</v>
-      </c>
-[...1 lines deleted...]
-        <v>760</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
+        <v>760</v>
+      </c>
+      <c r="B199" t="s">
+        <v>9</v>
+      </c>
+      <c r="C199" t="s">
         <v>761</v>
       </c>
-      <c r="B199" t="s">
-[...2 lines deleted...]
-      <c r="C199" t="s">
+      <c r="D199" t="s">
+        <v>264</v>
+      </c>
+      <c r="E199" t="s">
+        <v>265</v>
+      </c>
+      <c r="F199" t="s">
+        <v>144</v>
+      </c>
+      <c r="G199" s="1" t="s">
         <v>762</v>
       </c>
-      <c r="D199" t="s">
-[...8 lines deleted...]
-      <c r="G199" s="1" t="s">
+      <c r="H199" t="s">
         <v>763</v>
-      </c>
-[...1 lines deleted...]
-        <v>764</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
+        <v>764</v>
+      </c>
+      <c r="B200" t="s">
+        <v>9</v>
+      </c>
+      <c r="C200" t="s">
         <v>765</v>
       </c>
-      <c r="B200" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D200" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E200" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F200" t="s">
         <v>124</v>
       </c>
       <c r="G200" s="1" t="s">
+        <v>766</v>
+      </c>
+      <c r="H200" t="s">
         <v>767</v>
-      </c>
-[...1 lines deleted...]
-        <v>768</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
+        <v>768</v>
+      </c>
+      <c r="B201" t="s">
+        <v>9</v>
+      </c>
+      <c r="C201" t="s">
         <v>769</v>
       </c>
-      <c r="B201" t="s">
-[...2 lines deleted...]
-      <c r="C201" t="s">
+      <c r="D201" t="s">
+        <v>264</v>
+      </c>
+      <c r="E201" t="s">
+        <v>265</v>
+      </c>
+      <c r="F201" t="s">
+        <v>124</v>
+      </c>
+      <c r="G201" s="1" t="s">
         <v>770</v>
       </c>
-      <c r="D201" t="s">
-[...8 lines deleted...]
-      <c r="G201" s="1" t="s">
+      <c r="H201" t="s">
         <v>771</v>
-      </c>
-[...1 lines deleted...]
-        <v>772</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
+        <v>772</v>
+      </c>
+      <c r="B202" t="s">
+        <v>9</v>
+      </c>
+      <c r="C202" t="s">
         <v>773</v>
       </c>
-      <c r="B202" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D202" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E202" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F202" t="s">
         <v>116</v>
       </c>
       <c r="G202" s="1" t="s">
+        <v>774</v>
+      </c>
+      <c r="H202" t="s">
         <v>775</v>
-      </c>
-[...1 lines deleted...]
-        <v>776</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
+        <v>776</v>
+      </c>
+      <c r="B203" t="s">
+        <v>9</v>
+      </c>
+      <c r="C203" t="s">
         <v>777</v>
       </c>
-      <c r="B203" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D203" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E203" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F203" t="s">
         <v>116</v>
       </c>
       <c r="G203" s="1" t="s">
+        <v>778</v>
+      </c>
+      <c r="H203" t="s">
         <v>779</v>
-      </c>
-[...1 lines deleted...]
-        <v>780</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
+        <v>780</v>
+      </c>
+      <c r="B204" t="s">
+        <v>9</v>
+      </c>
+      <c r="C204" t="s">
         <v>781</v>
       </c>
-      <c r="B204" t="s">
-[...2 lines deleted...]
-      <c r="C204" t="s">
+      <c r="D204" t="s">
+        <v>264</v>
+      </c>
+      <c r="E204" t="s">
+        <v>265</v>
+      </c>
+      <c r="F204" t="s">
+        <v>116</v>
+      </c>
+      <c r="G204" s="1" t="s">
         <v>782</v>
       </c>
-      <c r="D204" t="s">
-[...8 lines deleted...]
-      <c r="G204" s="1" t="s">
+      <c r="H204" t="s">
         <v>783</v>
-      </c>
-[...1 lines deleted...]
-        <v>784</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
+        <v>784</v>
+      </c>
+      <c r="B205" t="s">
+        <v>9</v>
+      </c>
+      <c r="C205" t="s">
         <v>785</v>
       </c>
-      <c r="B205" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D205" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E205" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F205" t="s">
         <v>128</v>
       </c>
       <c r="G205" s="1" t="s">
+        <v>786</v>
+      </c>
+      <c r="H205" t="s">
         <v>787</v>
-      </c>
-[...1 lines deleted...]
-        <v>788</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
+        <v>788</v>
+      </c>
+      <c r="B206" t="s">
+        <v>9</v>
+      </c>
+      <c r="C206" t="s">
         <v>789</v>
       </c>
-      <c r="B206" t="s">
-[...2 lines deleted...]
-      <c r="C206" t="s">
+      <c r="D206" t="s">
+        <v>264</v>
+      </c>
+      <c r="E206" t="s">
+        <v>265</v>
+      </c>
+      <c r="F206" t="s">
+        <v>128</v>
+      </c>
+      <c r="G206" s="1" t="s">
         <v>790</v>
       </c>
-      <c r="D206" t="s">
-[...8 lines deleted...]
-      <c r="G206" s="1" t="s">
+      <c r="H206" t="s">
         <v>791</v>
-      </c>
-[...1 lines deleted...]
-        <v>792</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
+        <v>792</v>
+      </c>
+      <c r="B207" t="s">
+        <v>9</v>
+      </c>
+      <c r="C207" t="s">
         <v>793</v>
       </c>
-      <c r="B207" t="s">
-[...2 lines deleted...]
-      <c r="C207" t="s">
+      <c r="D207" t="s">
+        <v>264</v>
+      </c>
+      <c r="E207" t="s">
+        <v>265</v>
+      </c>
+      <c r="F207" t="s">
+        <v>199</v>
+      </c>
+      <c r="G207" s="1" t="s">
         <v>794</v>
       </c>
-      <c r="D207" t="s">
-[...8 lines deleted...]
-      <c r="G207" s="1" t="s">
+      <c r="H207" t="s">
         <v>795</v>
-      </c>
-[...1 lines deleted...]
-        <v>796</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
+        <v>796</v>
+      </c>
+      <c r="B208" t="s">
+        <v>9</v>
+      </c>
+      <c r="C208" t="s">
         <v>797</v>
       </c>
-      <c r="B208" t="s">
-[...2 lines deleted...]
-      <c r="C208" t="s">
+      <c r="D208" t="s">
+        <v>264</v>
+      </c>
+      <c r="E208" t="s">
+        <v>265</v>
+      </c>
+      <c r="F208" t="s">
+        <v>140</v>
+      </c>
+      <c r="G208" s="1" t="s">
         <v>798</v>
       </c>
-      <c r="D208" t="s">
-[...8 lines deleted...]
-      <c r="G208" s="1" t="s">
+      <c r="H208" t="s">
         <v>799</v>
-      </c>
-[...1 lines deleted...]
-        <v>800</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
+        <v>800</v>
+      </c>
+      <c r="B209" t="s">
+        <v>9</v>
+      </c>
+      <c r="C209" t="s">
         <v>801</v>
       </c>
-      <c r="B209" t="s">
-[...2 lines deleted...]
-      <c r="C209" t="s">
+      <c r="D209" t="s">
+        <v>264</v>
+      </c>
+      <c r="E209" t="s">
+        <v>265</v>
+      </c>
+      <c r="F209" t="s">
+        <v>116</v>
+      </c>
+      <c r="G209" s="1" t="s">
         <v>802</v>
       </c>
-      <c r="D209" t="s">
-[...8 lines deleted...]
-      <c r="G209" s="1" t="s">
+      <c r="H209" t="s">
         <v>803</v>
-      </c>
-[...1 lines deleted...]
-        <v>804</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
+        <v>804</v>
+      </c>
+      <c r="B210" t="s">
+        <v>9</v>
+      </c>
+      <c r="C210" t="s">
         <v>805</v>
       </c>
-      <c r="B210" t="s">
-[...2 lines deleted...]
-      <c r="C210" t="s">
+      <c r="D210" t="s">
+        <v>264</v>
+      </c>
+      <c r="E210" t="s">
+        <v>265</v>
+      </c>
+      <c r="F210" t="s">
+        <v>199</v>
+      </c>
+      <c r="G210" s="1" t="s">
         <v>806</v>
       </c>
-      <c r="D210" t="s">
-[...8 lines deleted...]
-      <c r="G210" s="1" t="s">
+      <c r="H210" t="s">
         <v>807</v>
-      </c>
-[...1 lines deleted...]
-        <v>808</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
+        <v>808</v>
+      </c>
+      <c r="B211" t="s">
+        <v>9</v>
+      </c>
+      <c r="C211" t="s">
         <v>809</v>
       </c>
-      <c r="B211" t="s">
-[...2 lines deleted...]
-      <c r="C211" t="s">
+      <c r="D211" t="s">
+        <v>264</v>
+      </c>
+      <c r="E211" t="s">
+        <v>265</v>
+      </c>
+      <c r="F211" t="s">
+        <v>128</v>
+      </c>
+      <c r="G211" s="1" t="s">
         <v>810</v>
       </c>
-      <c r="D211" t="s">
-[...8 lines deleted...]
-      <c r="G211" s="1" t="s">
+      <c r="H211" t="s">
         <v>811</v>
-      </c>
-[...1 lines deleted...]
-        <v>812</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
+        <v>812</v>
+      </c>
+      <c r="B212" t="s">
+        <v>9</v>
+      </c>
+      <c r="C212" t="s">
         <v>813</v>
       </c>
-      <c r="B212" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D212" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E212" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F212" t="s">
         <v>152</v>
       </c>
       <c r="G212" s="1" t="s">
+        <v>814</v>
+      </c>
+      <c r="H212" t="s">
         <v>815</v>
-      </c>
-[...1 lines deleted...]
-        <v>816</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
+        <v>816</v>
+      </c>
+      <c r="B213" t="s">
+        <v>9</v>
+      </c>
+      <c r="C213" t="s">
         <v>817</v>
       </c>
-      <c r="B213" t="s">
-[...2 lines deleted...]
-      <c r="C213" t="s">
+      <c r="D213" t="s">
+        <v>264</v>
+      </c>
+      <c r="E213" t="s">
+        <v>265</v>
+      </c>
+      <c r="F213" t="s">
+        <v>152</v>
+      </c>
+      <c r="G213" s="1" t="s">
         <v>818</v>
       </c>
-      <c r="D213" t="s">
-[...8 lines deleted...]
-      <c r="G213" s="1" t="s">
+      <c r="H213" t="s">
         <v>819</v>
-      </c>
-[...1 lines deleted...]
-        <v>820</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
+        <v>820</v>
+      </c>
+      <c r="B214" t="s">
+        <v>9</v>
+      </c>
+      <c r="C214" t="s">
         <v>821</v>
       </c>
-      <c r="B214" t="s">
-[...2 lines deleted...]
-      <c r="C214" t="s">
+      <c r="D214" t="s">
+        <v>264</v>
+      </c>
+      <c r="E214" t="s">
+        <v>265</v>
+      </c>
+      <c r="F214" t="s">
+        <v>140</v>
+      </c>
+      <c r="G214" s="1" t="s">
         <v>822</v>
       </c>
-      <c r="D214" t="s">
-[...8 lines deleted...]
-      <c r="G214" s="1" t="s">
+      <c r="H214" t="s">
         <v>823</v>
-      </c>
-[...1 lines deleted...]
-        <v>824</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
+        <v>824</v>
+      </c>
+      <c r="B215" t="s">
+        <v>9</v>
+      </c>
+      <c r="C215" t="s">
         <v>825</v>
       </c>
-      <c r="B215" t="s">
-[...2 lines deleted...]
-      <c r="C215" t="s">
+      <c r="D215" t="s">
+        <v>264</v>
+      </c>
+      <c r="E215" t="s">
+        <v>265</v>
+      </c>
+      <c r="F215" t="s">
+        <v>169</v>
+      </c>
+      <c r="G215" s="1" t="s">
         <v>826</v>
       </c>
-      <c r="D215" t="s">
-[...8 lines deleted...]
-      <c r="G215" s="1" t="s">
+      <c r="H215" t="s">
         <v>827</v>
-      </c>
-[...1 lines deleted...]
-        <v>828</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
+        <v>828</v>
+      </c>
+      <c r="B216" t="s">
+        <v>9</v>
+      </c>
+      <c r="C216" t="s">
         <v>829</v>
       </c>
-      <c r="B216" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D216" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E216" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F216" t="s">
         <v>140</v>
       </c>
       <c r="G216" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="H216" t="s">
         <v>831</v>
-      </c>
-[...1 lines deleted...]
-        <v>832</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
+        <v>832</v>
+      </c>
+      <c r="B217" t="s">
+        <v>9</v>
+      </c>
+      <c r="C217" t="s">
         <v>833</v>
       </c>
-      <c r="B217" t="s">
-[...2 lines deleted...]
-      <c r="C217" t="s">
+      <c r="D217" t="s">
+        <v>264</v>
+      </c>
+      <c r="E217" t="s">
+        <v>265</v>
+      </c>
+      <c r="F217" t="s">
+        <v>140</v>
+      </c>
+      <c r="G217" s="1" t="s">
         <v>834</v>
       </c>
-      <c r="D217" t="s">
-[...8 lines deleted...]
-      <c r="G217" s="1" t="s">
+      <c r="H217" t="s">
         <v>835</v>
-      </c>
-[...1 lines deleted...]
-        <v>836</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
+        <v>836</v>
+      </c>
+      <c r="B218" t="s">
+        <v>9</v>
+      </c>
+      <c r="C218" t="s">
         <v>837</v>
       </c>
-      <c r="B218" t="s">
-[...2 lines deleted...]
-      <c r="C218" t="s">
+      <c r="D218" t="s">
+        <v>264</v>
+      </c>
+      <c r="E218" t="s">
+        <v>265</v>
+      </c>
+      <c r="F218" t="s">
+        <v>144</v>
+      </c>
+      <c r="G218" s="1" t="s">
         <v>838</v>
       </c>
-      <c r="D218" t="s">
-[...8 lines deleted...]
-      <c r="G218" s="1" t="s">
+      <c r="H218" t="s">
         <v>839</v>
-      </c>
-[...1 lines deleted...]
-        <v>840</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
+        <v>840</v>
+      </c>
+      <c r="B219" t="s">
+        <v>9</v>
+      </c>
+      <c r="C219" t="s">
         <v>841</v>
       </c>
-      <c r="B219" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D219" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E219" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F219" t="s">
         <v>128</v>
       </c>
       <c r="G219" s="1" t="s">
+        <v>842</v>
+      </c>
+      <c r="H219" t="s">
         <v>843</v>
-      </c>
-[...1 lines deleted...]
-        <v>844</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
+        <v>844</v>
+      </c>
+      <c r="B220" t="s">
+        <v>9</v>
+      </c>
+      <c r="C220" t="s">
         <v>845</v>
       </c>
-      <c r="B220" t="s">
-[...2 lines deleted...]
-      <c r="C220" t="s">
+      <c r="D220" t="s">
+        <v>264</v>
+      </c>
+      <c r="E220" t="s">
+        <v>265</v>
+      </c>
+      <c r="F220" t="s">
+        <v>128</v>
+      </c>
+      <c r="G220" s="1" t="s">
         <v>846</v>
       </c>
-      <c r="D220" t="s">
-[...8 lines deleted...]
-      <c r="G220" s="1" t="s">
+      <c r="H220" t="s">
         <v>847</v>
-      </c>
-[...1 lines deleted...]
-        <v>848</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
+        <v>848</v>
+      </c>
+      <c r="B221" t="s">
+        <v>9</v>
+      </c>
+      <c r="C221" t="s">
         <v>849</v>
       </c>
-      <c r="B221" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D221" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E221" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F221" t="s">
         <v>140</v>
       </c>
       <c r="G221" s="1" t="s">
+        <v>850</v>
+      </c>
+      <c r="H221" t="s">
         <v>851</v>
-      </c>
-[...1 lines deleted...]
-        <v>852</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
+        <v>852</v>
+      </c>
+      <c r="B222" t="s">
+        <v>9</v>
+      </c>
+      <c r="C222" t="s">
         <v>853</v>
       </c>
-      <c r="B222" t="s">
-[...2 lines deleted...]
-      <c r="C222" t="s">
+      <c r="D222" t="s">
+        <v>264</v>
+      </c>
+      <c r="E222" t="s">
+        <v>265</v>
+      </c>
+      <c r="F222" t="s">
+        <v>140</v>
+      </c>
+      <c r="G222" s="1" t="s">
         <v>854</v>
       </c>
-      <c r="D222" t="s">
-[...8 lines deleted...]
-      <c r="G222" s="1" t="s">
+      <c r="H222" t="s">
         <v>855</v>
-      </c>
-[...1 lines deleted...]
-        <v>856</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
+        <v>856</v>
+      </c>
+      <c r="B223" t="s">
+        <v>9</v>
+      </c>
+      <c r="C223" t="s">
         <v>857</v>
       </c>
-      <c r="B223" t="s">
-[...2 lines deleted...]
-      <c r="C223" t="s">
+      <c r="D223" t="s">
+        <v>264</v>
+      </c>
+      <c r="E223" t="s">
+        <v>265</v>
+      </c>
+      <c r="F223" t="s">
+        <v>199</v>
+      </c>
+      <c r="G223" s="1" t="s">
         <v>858</v>
       </c>
-      <c r="D223" t="s">
-[...8 lines deleted...]
-      <c r="G223" s="1" t="s">
+      <c r="H223" t="s">
         <v>859</v>
-      </c>
-[...1 lines deleted...]
-        <v>860</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
+        <v>860</v>
+      </c>
+      <c r="B224" t="s">
+        <v>9</v>
+      </c>
+      <c r="C224" t="s">
         <v>861</v>
       </c>
-      <c r="B224" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D224" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E224" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F224" t="s">
         <v>128</v>
       </c>
       <c r="G224" s="1" t="s">
+        <v>862</v>
+      </c>
+      <c r="H224" t="s">
         <v>863</v>
-      </c>
-[...1 lines deleted...]
-        <v>864</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
+        <v>864</v>
+      </c>
+      <c r="B225" t="s">
+        <v>9</v>
+      </c>
+      <c r="C225" t="s">
         <v>865</v>
       </c>
-      <c r="B225" t="s">
-[...2 lines deleted...]
-      <c r="C225" t="s">
+      <c r="D225" t="s">
+        <v>264</v>
+      </c>
+      <c r="E225" t="s">
+        <v>265</v>
+      </c>
+      <c r="F225" t="s">
+        <v>128</v>
+      </c>
+      <c r="G225" s="1" t="s">
         <v>866</v>
       </c>
-      <c r="D225" t="s">
-[...8 lines deleted...]
-      <c r="G225" s="1" t="s">
+      <c r="H225" t="s">
         <v>867</v>
-      </c>
-[...1 lines deleted...]
-        <v>868</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
+        <v>868</v>
+      </c>
+      <c r="B226" t="s">
+        <v>9</v>
+      </c>
+      <c r="C226" t="s">
         <v>869</v>
       </c>
-      <c r="B226" t="s">
-[...2 lines deleted...]
-      <c r="C226" t="s">
+      <c r="D226" t="s">
+        <v>264</v>
+      </c>
+      <c r="E226" t="s">
+        <v>265</v>
+      </c>
+      <c r="F226" t="s">
+        <v>140</v>
+      </c>
+      <c r="G226" s="1" t="s">
         <v>870</v>
       </c>
-      <c r="D226" t="s">
-[...8 lines deleted...]
-      <c r="G226" s="1" t="s">
+      <c r="H226" t="s">
         <v>871</v>
-      </c>
-[...1 lines deleted...]
-        <v>872</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
+        <v>872</v>
+      </c>
+      <c r="B227" t="s">
+        <v>9</v>
+      </c>
+      <c r="C227" t="s">
         <v>873</v>
       </c>
-      <c r="B227" t="s">
-[...2 lines deleted...]
-      <c r="C227" t="s">
+      <c r="D227" t="s">
+        <v>264</v>
+      </c>
+      <c r="E227" t="s">
+        <v>265</v>
+      </c>
+      <c r="F227" t="s">
+        <v>116</v>
+      </c>
+      <c r="G227" s="1" t="s">
         <v>874</v>
       </c>
-      <c r="D227" t="s">
-[...8 lines deleted...]
-      <c r="G227" s="1" t="s">
+      <c r="H227" t="s">
         <v>875</v>
-      </c>
-[...1 lines deleted...]
-        <v>876</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
+        <v>876</v>
+      </c>
+      <c r="B228" t="s">
+        <v>9</v>
+      </c>
+      <c r="C228" t="s">
         <v>877</v>
       </c>
-      <c r="B228" t="s">
-[...2 lines deleted...]
-      <c r="C228" t="s">
+      <c r="D228" t="s">
+        <v>264</v>
+      </c>
+      <c r="E228" t="s">
+        <v>265</v>
+      </c>
+      <c r="F228" t="s">
+        <v>169</v>
+      </c>
+      <c r="G228" s="1" t="s">
         <v>878</v>
       </c>
-      <c r="D228" t="s">
-[...8 lines deleted...]
-      <c r="G228" s="1" t="s">
+      <c r="H228" t="s">
         <v>879</v>
-      </c>
-[...1 lines deleted...]
-        <v>880</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
+        <v>880</v>
+      </c>
+      <c r="B229" t="s">
+        <v>9</v>
+      </c>
+      <c r="C229" t="s">
         <v>881</v>
       </c>
-      <c r="B229" t="s">
-[...2 lines deleted...]
-      <c r="C229" t="s">
+      <c r="D229" t="s">
+        <v>264</v>
+      </c>
+      <c r="E229" t="s">
+        <v>265</v>
+      </c>
+      <c r="F229" t="s">
+        <v>156</v>
+      </c>
+      <c r="G229" s="1" t="s">
         <v>882</v>
       </c>
-      <c r="D229" t="s">
-[...8 lines deleted...]
-      <c r="G229" s="1" t="s">
+      <c r="H229" t="s">
         <v>883</v>
-      </c>
-[...1 lines deleted...]
-        <v>884</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
+        <v>884</v>
+      </c>
+      <c r="B230" t="s">
+        <v>9</v>
+      </c>
+      <c r="C230" t="s">
         <v>885</v>
       </c>
-      <c r="B230" t="s">
-[...2 lines deleted...]
-      <c r="C230" t="s">
+      <c r="D230" t="s">
+        <v>264</v>
+      </c>
+      <c r="E230" t="s">
+        <v>265</v>
+      </c>
+      <c r="F230" t="s">
+        <v>199</v>
+      </c>
+      <c r="G230" s="1" t="s">
         <v>886</v>
       </c>
-      <c r="D230" t="s">
-[...8 lines deleted...]
-      <c r="G230" s="1" t="s">
+      <c r="H230" t="s">
         <v>887</v>
-      </c>
-[...1 lines deleted...]
-        <v>888</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
+        <v>888</v>
+      </c>
+      <c r="B231" t="s">
+        <v>9</v>
+      </c>
+      <c r="C231" t="s">
         <v>889</v>
       </c>
-      <c r="B231" t="s">
-[...2 lines deleted...]
-      <c r="C231" t="s">
+      <c r="D231" t="s">
+        <v>264</v>
+      </c>
+      <c r="E231" t="s">
+        <v>265</v>
+      </c>
+      <c r="F231" t="s">
+        <v>169</v>
+      </c>
+      <c r="G231" s="1" t="s">
         <v>890</v>
       </c>
-      <c r="D231" t="s">
-[...8 lines deleted...]
-      <c r="G231" s="1" t="s">
+      <c r="H231" t="s">
         <v>891</v>
-      </c>
-[...1 lines deleted...]
-        <v>892</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
+        <v>892</v>
+      </c>
+      <c r="B232" t="s">
+        <v>9</v>
+      </c>
+      <c r="C232" t="s">
         <v>893</v>
       </c>
-      <c r="B232" t="s">
-[...2 lines deleted...]
-      <c r="C232" t="s">
+      <c r="D232" t="s">
+        <v>264</v>
+      </c>
+      <c r="E232" t="s">
+        <v>265</v>
+      </c>
+      <c r="F232" t="s">
+        <v>144</v>
+      </c>
+      <c r="G232" s="1" t="s">
         <v>894</v>
       </c>
-      <c r="D232" t="s">
-[...8 lines deleted...]
-      <c r="G232" s="1" t="s">
+      <c r="H232" t="s">
         <v>895</v>
-      </c>
-[...1 lines deleted...]
-        <v>896</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
+        <v>896</v>
+      </c>
+      <c r="B233" t="s">
+        <v>9</v>
+      </c>
+      <c r="C233" t="s">
         <v>897</v>
       </c>
-      <c r="B233" t="s">
-[...2 lines deleted...]
-      <c r="C233" t="s">
+      <c r="D233" t="s">
+        <v>264</v>
+      </c>
+      <c r="E233" t="s">
+        <v>265</v>
+      </c>
+      <c r="F233" t="s">
+        <v>152</v>
+      </c>
+      <c r="G233" s="1" t="s">
         <v>898</v>
       </c>
-      <c r="D233" t="s">
-[...8 lines deleted...]
-      <c r="G233" s="1" t="s">
+      <c r="H233" t="s">
         <v>899</v>
-      </c>
-[...1 lines deleted...]
-        <v>900</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
+        <v>900</v>
+      </c>
+      <c r="B234" t="s">
+        <v>9</v>
+      </c>
+      <c r="C234" t="s">
         <v>901</v>
       </c>
-      <c r="B234" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D234" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E234" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F234" t="s">
         <v>116</v>
       </c>
       <c r="G234" s="1" t="s">
+        <v>902</v>
+      </c>
+      <c r="H234" t="s">
         <v>903</v>
-      </c>
-[...1 lines deleted...]
-        <v>904</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
+        <v>904</v>
+      </c>
+      <c r="B235" t="s">
+        <v>9</v>
+      </c>
+      <c r="C235" t="s">
         <v>905</v>
       </c>
-      <c r="B235" t="s">
-[...2 lines deleted...]
-      <c r="C235" t="s">
+      <c r="D235" t="s">
+        <v>264</v>
+      </c>
+      <c r="E235" t="s">
+        <v>265</v>
+      </c>
+      <c r="F235" t="s">
+        <v>116</v>
+      </c>
+      <c r="G235" s="1" t="s">
         <v>906</v>
       </c>
-      <c r="D235" t="s">
-[...8 lines deleted...]
-      <c r="G235" s="1" t="s">
+      <c r="H235" t="s">
         <v>907</v>
-      </c>
-[...1 lines deleted...]
-        <v>908</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
+        <v>908</v>
+      </c>
+      <c r="B236" t="s">
+        <v>9</v>
+      </c>
+      <c r="C236" t="s">
         <v>909</v>
       </c>
-      <c r="B236" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D236" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E236" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F236" t="s">
         <v>124</v>
       </c>
       <c r="G236" s="1" t="s">
+        <v>910</v>
+      </c>
+      <c r="H236" t="s">
         <v>911</v>
-      </c>
-[...1 lines deleted...]
-        <v>912</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
+        <v>912</v>
+      </c>
+      <c r="B237" t="s">
+        <v>9</v>
+      </c>
+      <c r="C237" t="s">
         <v>913</v>
       </c>
-      <c r="B237" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D237" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E237" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F237" t="s">
         <v>124</v>
       </c>
       <c r="G237" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="H237" t="s">
         <v>915</v>
-      </c>
-[...1 lines deleted...]
-        <v>916</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
+        <v>916</v>
+      </c>
+      <c r="B238" t="s">
+        <v>9</v>
+      </c>
+      <c r="C238" t="s">
         <v>917</v>
       </c>
-      <c r="B238" t="s">
-[...2 lines deleted...]
-      <c r="C238" t="s">
+      <c r="D238" t="s">
+        <v>264</v>
+      </c>
+      <c r="E238" t="s">
+        <v>265</v>
+      </c>
+      <c r="F238" t="s">
+        <v>124</v>
+      </c>
+      <c r="G238" s="1" t="s">
         <v>918</v>
       </c>
-      <c r="D238" t="s">
-[...8 lines deleted...]
-      <c r="G238" s="1" t="s">
+      <c r="H238" t="s">
         <v>919</v>
-      </c>
-[...1 lines deleted...]
-        <v>920</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
+        <v>920</v>
+      </c>
+      <c r="B239" t="s">
+        <v>9</v>
+      </c>
+      <c r="C239" t="s">
         <v>921</v>
       </c>
-      <c r="B239" t="s">
-[...2 lines deleted...]
-      <c r="C239" t="s">
+      <c r="D239" t="s">
+        <v>264</v>
+      </c>
+      <c r="E239" t="s">
+        <v>265</v>
+      </c>
+      <c r="F239" t="s">
+        <v>199</v>
+      </c>
+      <c r="G239" s="1" t="s">
         <v>922</v>
       </c>
-      <c r="D239" t="s">
-[...8 lines deleted...]
-      <c r="G239" s="1" t="s">
+      <c r="H239" t="s">
         <v>923</v>
-      </c>
-[...1 lines deleted...]
-        <v>924</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
+        <v>924</v>
+      </c>
+      <c r="B240" t="s">
+        <v>9</v>
+      </c>
+      <c r="C240" t="s">
         <v>925</v>
       </c>
-      <c r="B240" t="s">
-[...2 lines deleted...]
-      <c r="C240" t="s">
+      <c r="D240" t="s">
+        <v>264</v>
+      </c>
+      <c r="E240" t="s">
+        <v>265</v>
+      </c>
+      <c r="F240" t="s">
+        <v>128</v>
+      </c>
+      <c r="G240" s="1" t="s">
         <v>926</v>
       </c>
-      <c r="D240" t="s">
-[...8 lines deleted...]
-      <c r="G240" s="1" t="s">
+      <c r="H240" t="s">
         <v>927</v>
-      </c>
-[...1 lines deleted...]
-        <v>928</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
+        <v>928</v>
+      </c>
+      <c r="B241" t="s">
+        <v>9</v>
+      </c>
+      <c r="C241" t="s">
         <v>929</v>
       </c>
-      <c r="B241" t="s">
-[...2 lines deleted...]
-      <c r="C241" t="s">
+      <c r="D241" t="s">
+        <v>264</v>
+      </c>
+      <c r="E241" t="s">
+        <v>265</v>
+      </c>
+      <c r="F241" t="s">
+        <v>144</v>
+      </c>
+      <c r="G241" s="1" t="s">
         <v>930</v>
       </c>
-      <c r="D241" t="s">
-[...8 lines deleted...]
-      <c r="G241" s="1" t="s">
+      <c r="H241" t="s">
         <v>931</v>
-      </c>
-[...1 lines deleted...]
-        <v>932</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
+        <v>932</v>
+      </c>
+      <c r="B242" t="s">
+        <v>9</v>
+      </c>
+      <c r="C242" t="s">
         <v>933</v>
       </c>
-      <c r="B242" t="s">
-[...2 lines deleted...]
-      <c r="C242" t="s">
+      <c r="D242" t="s">
+        <v>264</v>
+      </c>
+      <c r="E242" t="s">
+        <v>265</v>
+      </c>
+      <c r="F242" t="s">
+        <v>199</v>
+      </c>
+      <c r="G242" s="1" t="s">
         <v>934</v>
       </c>
-      <c r="D242" t="s">
-[...8 lines deleted...]
-      <c r="G242" s="1" t="s">
+      <c r="H242" t="s">
         <v>935</v>
-      </c>
-[...1 lines deleted...]
-        <v>936</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
+        <v>936</v>
+      </c>
+      <c r="B243" t="s">
+        <v>9</v>
+      </c>
+      <c r="C243" t="s">
         <v>937</v>
       </c>
-      <c r="B243" t="s">
-[...2 lines deleted...]
-      <c r="C243" t="s">
+      <c r="D243" t="s">
+        <v>264</v>
+      </c>
+      <c r="E243" t="s">
+        <v>265</v>
+      </c>
+      <c r="F243" t="s">
+        <v>128</v>
+      </c>
+      <c r="G243" s="1" t="s">
         <v>938</v>
       </c>
-      <c r="D243" t="s">
-[...8 lines deleted...]
-      <c r="G243" s="1" t="s">
+      <c r="H243" t="s">
         <v>939</v>
-      </c>
-[...1 lines deleted...]
-        <v>940</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
+        <v>940</v>
+      </c>
+      <c r="B244" t="s">
+        <v>9</v>
+      </c>
+      <c r="C244" t="s">
         <v>941</v>
       </c>
-      <c r="B244" t="s">
-[...2 lines deleted...]
-      <c r="C244" t="s">
+      <c r="D244" t="s">
+        <v>264</v>
+      </c>
+      <c r="E244" t="s">
+        <v>265</v>
+      </c>
+      <c r="F244" t="s">
+        <v>140</v>
+      </c>
+      <c r="G244" s="1" t="s">
         <v>942</v>
       </c>
-      <c r="D244" t="s">
-[...8 lines deleted...]
-      <c r="G244" s="1" t="s">
+      <c r="H244" t="s">
         <v>943</v>
-      </c>
-[...1 lines deleted...]
-        <v>944</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
+        <v>944</v>
+      </c>
+      <c r="B245" t="s">
+        <v>9</v>
+      </c>
+      <c r="C245" t="s">
         <v>945</v>
       </c>
-      <c r="B245" t="s">
-[...2 lines deleted...]
-      <c r="C245" t="s">
+      <c r="D245" t="s">
+        <v>264</v>
+      </c>
+      <c r="E245" t="s">
+        <v>265</v>
+      </c>
+      <c r="F245" t="s">
+        <v>116</v>
+      </c>
+      <c r="G245" s="1" t="s">
         <v>946</v>
       </c>
-      <c r="D245" t="s">
-[...8 lines deleted...]
-      <c r="G245" s="1" t="s">
+      <c r="H245" t="s">
         <v>947</v>
-      </c>
-[...1 lines deleted...]
-        <v>948</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
+        <v>948</v>
+      </c>
+      <c r="B246" t="s">
+        <v>9</v>
+      </c>
+      <c r="C246" t="s">
         <v>949</v>
       </c>
-      <c r="B246" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D246" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E246" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F246" t="s">
         <v>124</v>
       </c>
       <c r="G246" s="1" t="s">
+        <v>950</v>
+      </c>
+      <c r="H246" t="s">
         <v>951</v>
-      </c>
-[...1 lines deleted...]
-        <v>952</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
+        <v>952</v>
+      </c>
+      <c r="B247" t="s">
+        <v>9</v>
+      </c>
+      <c r="C247" t="s">
         <v>953</v>
       </c>
-      <c r="B247" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D247" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E247" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F247" t="s">
         <v>124</v>
       </c>
       <c r="G247" s="1" t="s">
+        <v>954</v>
+      </c>
+      <c r="H247" t="s">
         <v>955</v>
-      </c>
-[...1 lines deleted...]
-        <v>956</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
+        <v>956</v>
+      </c>
+      <c r="B248" t="s">
+        <v>9</v>
+      </c>
+      <c r="C248" t="s">
         <v>957</v>
       </c>
-      <c r="B248" t="s">
-[...2 lines deleted...]
-      <c r="C248" t="s">
+      <c r="D248" t="s">
+        <v>264</v>
+      </c>
+      <c r="E248" t="s">
+        <v>265</v>
+      </c>
+      <c r="F248" t="s">
+        <v>124</v>
+      </c>
+      <c r="G248" s="1" t="s">
         <v>958</v>
       </c>
-      <c r="D248" t="s">
-[...8 lines deleted...]
-      <c r="G248" s="1" t="s">
+      <c r="H248" t="s">
         <v>959</v>
-      </c>
-[...1 lines deleted...]
-        <v>960</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
+        <v>960</v>
+      </c>
+      <c r="B249" t="s">
+        <v>9</v>
+      </c>
+      <c r="C249" t="s">
         <v>961</v>
       </c>
-      <c r="B249" t="s">
-[...2 lines deleted...]
-      <c r="C249" t="s">
+      <c r="D249" t="s">
+        <v>264</v>
+      </c>
+      <c r="E249" t="s">
+        <v>265</v>
+      </c>
+      <c r="F249" t="s">
+        <v>140</v>
+      </c>
+      <c r="G249" s="1" t="s">
         <v>962</v>
       </c>
-      <c r="D249" t="s">
-[...8 lines deleted...]
-      <c r="G249" s="1" t="s">
+      <c r="H249" t="s">
         <v>963</v>
-      </c>
-[...1 lines deleted...]
-        <v>964</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
+        <v>964</v>
+      </c>
+      <c r="B250" t="s">
+        <v>9</v>
+      </c>
+      <c r="C250" t="s">
         <v>965</v>
       </c>
-      <c r="B250" t="s">
-[...2 lines deleted...]
-      <c r="C250" t="s">
+      <c r="D250" t="s">
+        <v>264</v>
+      </c>
+      <c r="E250" t="s">
+        <v>265</v>
+      </c>
+      <c r="F250" t="s">
+        <v>169</v>
+      </c>
+      <c r="G250" s="1" t="s">
         <v>966</v>
       </c>
-      <c r="D250" t="s">
-[...8 lines deleted...]
-      <c r="G250" s="1" t="s">
+      <c r="H250" t="s">
         <v>967</v>
-      </c>
-[...1 lines deleted...]
-        <v>968</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
+        <v>968</v>
+      </c>
+      <c r="B251" t="s">
+        <v>9</v>
+      </c>
+      <c r="C251" t="s">
         <v>969</v>
       </c>
-      <c r="B251" t="s">
-[...2 lines deleted...]
-      <c r="C251" t="s">
+      <c r="D251" t="s">
+        <v>264</v>
+      </c>
+      <c r="E251" t="s">
+        <v>265</v>
+      </c>
+      <c r="F251" t="s">
+        <v>152</v>
+      </c>
+      <c r="G251" s="1" t="s">
         <v>970</v>
       </c>
-      <c r="D251" t="s">
-[...8 lines deleted...]
-      <c r="G251" s="1" t="s">
+      <c r="H251" t="s">
         <v>971</v>
-      </c>
-[...1 lines deleted...]
-        <v>972</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
+        <v>972</v>
+      </c>
+      <c r="B252" t="s">
+        <v>9</v>
+      </c>
+      <c r="C252" t="s">
         <v>973</v>
       </c>
-      <c r="B252" t="s">
-[...2 lines deleted...]
-      <c r="C252" t="s">
+      <c r="D252" t="s">
+        <v>264</v>
+      </c>
+      <c r="E252" t="s">
+        <v>265</v>
+      </c>
+      <c r="F252" t="s">
+        <v>144</v>
+      </c>
+      <c r="G252" s="1" t="s">
         <v>974</v>
       </c>
-      <c r="D252" t="s">
-[...8 lines deleted...]
-      <c r="G252" s="1" t="s">
+      <c r="H252" t="s">
         <v>975</v>
-      </c>
-[...1 lines deleted...]
-        <v>976</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
+        <v>976</v>
+      </c>
+      <c r="B253" t="s">
+        <v>9</v>
+      </c>
+      <c r="C253" t="s">
         <v>977</v>
       </c>
-      <c r="B253" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D253" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E253" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F253" t="s">
         <v>140</v>
       </c>
       <c r="G253" s="1" t="s">
+        <v>978</v>
+      </c>
+      <c r="H253" t="s">
         <v>979</v>
-      </c>
-[...1 lines deleted...]
-        <v>980</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
+        <v>980</v>
+      </c>
+      <c r="B254" t="s">
+        <v>9</v>
+      </c>
+      <c r="C254" t="s">
         <v>981</v>
       </c>
-      <c r="B254" t="s">
-[...2 lines deleted...]
-      <c r="C254" t="s">
+      <c r="D254" t="s">
+        <v>264</v>
+      </c>
+      <c r="E254" t="s">
+        <v>265</v>
+      </c>
+      <c r="F254" t="s">
+        <v>140</v>
+      </c>
+      <c r="G254" s="1" t="s">
         <v>982</v>
       </c>
-      <c r="D254" t="s">
-[...8 lines deleted...]
-      <c r="G254" s="1" t="s">
+      <c r="H254" t="s">
         <v>983</v>
-      </c>
-[...1 lines deleted...]
-        <v>984</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
+        <v>984</v>
+      </c>
+      <c r="B255" t="s">
+        <v>9</v>
+      </c>
+      <c r="C255" t="s">
         <v>985</v>
       </c>
-      <c r="B255" t="s">
-[...2 lines deleted...]
-      <c r="C255" t="s">
+      <c r="D255" t="s">
+        <v>264</v>
+      </c>
+      <c r="E255" t="s">
+        <v>265</v>
+      </c>
+      <c r="F255" t="s">
+        <v>128</v>
+      </c>
+      <c r="G255" s="1" t="s">
         <v>986</v>
       </c>
-      <c r="D255" t="s">
-[...8 lines deleted...]
-      <c r="G255" s="1" t="s">
+      <c r="H255" t="s">
         <v>987</v>
-      </c>
-[...1 lines deleted...]
-        <v>988</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
+        <v>988</v>
+      </c>
+      <c r="B256" t="s">
+        <v>9</v>
+      </c>
+      <c r="C256" t="s">
         <v>989</v>
       </c>
-      <c r="B256" t="s">
-[...2 lines deleted...]
-      <c r="C256" t="s">
+      <c r="D256" t="s">
+        <v>264</v>
+      </c>
+      <c r="E256" t="s">
+        <v>265</v>
+      </c>
+      <c r="F256" t="s">
+        <v>199</v>
+      </c>
+      <c r="G256" s="1" t="s">
         <v>990</v>
       </c>
-      <c r="D256" t="s">
-[...8 lines deleted...]
-      <c r="G256" s="1" t="s">
+      <c r="H256" t="s">
         <v>991</v>
-      </c>
-[...1 lines deleted...]
-        <v>992</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
+        <v>992</v>
+      </c>
+      <c r="B257" t="s">
+        <v>9</v>
+      </c>
+      <c r="C257" t="s">
         <v>993</v>
       </c>
-      <c r="B257" t="s">
-[...2 lines deleted...]
-      <c r="C257" t="s">
+      <c r="D257" t="s">
+        <v>264</v>
+      </c>
+      <c r="E257" t="s">
+        <v>265</v>
+      </c>
+      <c r="F257" t="s">
+        <v>194</v>
+      </c>
+      <c r="G257" s="1" t="s">
         <v>994</v>
       </c>
-      <c r="D257" t="s">
-[...8 lines deleted...]
-      <c r="G257" s="1" t="s">
+      <c r="H257" t="s">
         <v>995</v>
-      </c>
-[...1 lines deleted...]
-        <v>996</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
+        <v>996</v>
+      </c>
+      <c r="B258" t="s">
+        <v>9</v>
+      </c>
+      <c r="C258" t="s">
         <v>997</v>
       </c>
-      <c r="B258" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D258" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E258" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F258" t="s">
         <v>199</v>
       </c>
       <c r="G258" s="1" t="s">
+        <v>998</v>
+      </c>
+      <c r="H258" t="s">
         <v>999</v>
-      </c>
-[...1 lines deleted...]
-        <v>1000</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B259" t="s">
+        <v>9</v>
+      </c>
+      <c r="C259" t="s">
         <v>1001</v>
       </c>
-      <c r="B259" t="s">
-[...2 lines deleted...]
-      <c r="C259" t="s">
+      <c r="D259" t="s">
+        <v>264</v>
+      </c>
+      <c r="E259" t="s">
+        <v>265</v>
+      </c>
+      <c r="F259" t="s">
+        <v>199</v>
+      </c>
+      <c r="G259" s="1" t="s">
         <v>1002</v>
       </c>
-      <c r="D259" t="s">
-[...8 lines deleted...]
-      <c r="G259" s="1" t="s">
+      <c r="H259" t="s">
         <v>1003</v>
-      </c>
-[...1 lines deleted...]
-        <v>1004</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
+        <v>1004</v>
+      </c>
+      <c r="B260" t="s">
+        <v>9</v>
+      </c>
+      <c r="C260" t="s">
         <v>1005</v>
       </c>
-      <c r="B260" t="s">
-[...2 lines deleted...]
-      <c r="C260" t="s">
+      <c r="D260" t="s">
+        <v>264</v>
+      </c>
+      <c r="E260" t="s">
+        <v>265</v>
+      </c>
+      <c r="F260" t="s">
+        <v>156</v>
+      </c>
+      <c r="G260" s="1" t="s">
         <v>1006</v>
       </c>
-      <c r="D260" t="s">
-[...8 lines deleted...]
-      <c r="G260" s="1" t="s">
+      <c r="H260" t="s">
         <v>1007</v>
-      </c>
-[...1 lines deleted...]
-        <v>1008</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B261" t="s">
+        <v>9</v>
+      </c>
+      <c r="C261" t="s">
         <v>1009</v>
       </c>
-      <c r="B261" t="s">
-[...2 lines deleted...]
-      <c r="C261" t="s">
+      <c r="D261" t="s">
+        <v>264</v>
+      </c>
+      <c r="E261" t="s">
+        <v>265</v>
+      </c>
+      <c r="F261" t="s">
+        <v>199</v>
+      </c>
+      <c r="G261" s="1" t="s">
         <v>1010</v>
       </c>
-      <c r="D261" t="s">
-[...8 lines deleted...]
-      <c r="G261" s="1" t="s">
+      <c r="H261" t="s">
         <v>1011</v>
-      </c>
-[...1 lines deleted...]
-        <v>1012</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
+        <v>1012</v>
+      </c>
+      <c r="B262" t="s">
+        <v>9</v>
+      </c>
+      <c r="C262" t="s">
         <v>1013</v>
       </c>
-      <c r="B262" t="s">
-[...2 lines deleted...]
-      <c r="C262" t="s">
+      <c r="D262" t="s">
+        <v>264</v>
+      </c>
+      <c r="E262" t="s">
+        <v>265</v>
+      </c>
+      <c r="F262" t="s">
+        <v>152</v>
+      </c>
+      <c r="G262" s="1" t="s">
         <v>1014</v>
       </c>
-      <c r="D262" t="s">
-[...8 lines deleted...]
-      <c r="G262" s="1" t="s">
+      <c r="H262" t="s">
         <v>1015</v>
-      </c>
-[...1 lines deleted...]
-        <v>1016</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
+        <v>1016</v>
+      </c>
+      <c r="B263" t="s">
+        <v>9</v>
+      </c>
+      <c r="C263" t="s">
         <v>1017</v>
       </c>
-      <c r="B263" t="s">
-[...2 lines deleted...]
-      <c r="C263" t="s">
+      <c r="D263" t="s">
+        <v>264</v>
+      </c>
+      <c r="E263" t="s">
+        <v>265</v>
+      </c>
+      <c r="F263" t="s">
+        <v>116</v>
+      </c>
+      <c r="G263" s="1" t="s">
         <v>1018</v>
       </c>
-      <c r="D263" t="s">
-[...8 lines deleted...]
-      <c r="G263" s="1" t="s">
+      <c r="H263" t="s">
         <v>1019</v>
-      </c>
-[...1 lines deleted...]
-        <v>1020</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
+        <v>1020</v>
+      </c>
+      <c r="B264" t="s">
+        <v>9</v>
+      </c>
+      <c r="C264" t="s">
         <v>1021</v>
       </c>
-      <c r="B264" t="s">
-[...2 lines deleted...]
-      <c r="C264" t="s">
+      <c r="D264" t="s">
+        <v>264</v>
+      </c>
+      <c r="E264" t="s">
+        <v>265</v>
+      </c>
+      <c r="F264" t="s">
+        <v>144</v>
+      </c>
+      <c r="G264" s="1" t="s">
         <v>1022</v>
       </c>
-      <c r="D264" t="s">
-[...8 lines deleted...]
-      <c r="G264" s="1" t="s">
+      <c r="H264" t="s">
         <v>1023</v>
-      </c>
-[...1 lines deleted...]
-        <v>1024</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B265" t="s">
+        <v>9</v>
+      </c>
+      <c r="C265" t="s">
         <v>1025</v>
       </c>
-      <c r="B265" t="s">
-[...2 lines deleted...]
-      <c r="C265" t="s">
+      <c r="D265" t="s">
+        <v>264</v>
+      </c>
+      <c r="E265" t="s">
+        <v>265</v>
+      </c>
+      <c r="F265" t="s">
+        <v>116</v>
+      </c>
+      <c r="G265" s="1" t="s">
         <v>1026</v>
       </c>
-      <c r="D265" t="s">
-[...8 lines deleted...]
-      <c r="G265" s="1" t="s">
+      <c r="H265" t="s">
         <v>1027</v>
-      </c>
-[...1 lines deleted...]
-        <v>1028</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B266" t="s">
+        <v>9</v>
+      </c>
+      <c r="C266" t="s">
         <v>1029</v>
       </c>
-      <c r="B266" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D266" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E266" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F266" t="s">
         <v>124</v>
       </c>
       <c r="G266" s="1" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H266" t="s">
         <v>1031</v>
-      </c>
-[...1 lines deleted...]
-        <v>1032</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B267" t="s">
+        <v>9</v>
+      </c>
+      <c r="C267" t="s">
         <v>1033</v>
       </c>
-      <c r="B267" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D267" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E267" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F267" t="s">
         <v>124</v>
       </c>
       <c r="G267" s="1" t="s">
+        <v>1034</v>
+      </c>
+      <c r="H267" t="s">
         <v>1035</v>
-      </c>
-[...1 lines deleted...]
-        <v>1036</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B268" t="s">
+        <v>9</v>
+      </c>
+      <c r="C268" t="s">
         <v>1037</v>
       </c>
-      <c r="B268" t="s">
-[...2 lines deleted...]
-      <c r="C268" t="s">
+      <c r="D268" t="s">
+        <v>264</v>
+      </c>
+      <c r="E268" t="s">
+        <v>265</v>
+      </c>
+      <c r="F268" t="s">
+        <v>124</v>
+      </c>
+      <c r="G268" s="1" t="s">
         <v>1038</v>
       </c>
-      <c r="D268" t="s">
-[...8 lines deleted...]
-      <c r="G268" s="1" t="s">
+      <c r="H268" t="s">
         <v>1039</v>
-      </c>
-[...1 lines deleted...]
-        <v>1040</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
+        <v>1040</v>
+      </c>
+      <c r="B269" t="s">
+        <v>9</v>
+      </c>
+      <c r="C269" t="s">
         <v>1041</v>
       </c>
-      <c r="B269" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D269" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E269" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F269" t="s">
         <v>140</v>
       </c>
       <c r="G269" s="1" t="s">
+        <v>1042</v>
+      </c>
+      <c r="H269" t="s">
         <v>1043</v>
-      </c>
-[...1 lines deleted...]
-        <v>1044</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
+        <v>1044</v>
+      </c>
+      <c r="B270" t="s">
+        <v>9</v>
+      </c>
+      <c r="C270" t="s">
         <v>1045</v>
       </c>
-      <c r="B270" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D270" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E270" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F270" t="s">
         <v>140</v>
       </c>
       <c r="G270" s="1" t="s">
+        <v>1046</v>
+      </c>
+      <c r="H270" t="s">
         <v>1047</v>
-      </c>
-[...1 lines deleted...]
-        <v>1048</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
+        <v>1048</v>
+      </c>
+      <c r="B271" t="s">
+        <v>9</v>
+      </c>
+      <c r="C271" t="s">
         <v>1049</v>
       </c>
-      <c r="B271" t="s">
-[...2 lines deleted...]
-      <c r="C271" t="s">
+      <c r="D271" t="s">
+        <v>264</v>
+      </c>
+      <c r="E271" t="s">
+        <v>265</v>
+      </c>
+      <c r="F271" t="s">
+        <v>140</v>
+      </c>
+      <c r="G271" s="1" t="s">
         <v>1050</v>
       </c>
-      <c r="D271" t="s">
-[...8 lines deleted...]
-      <c r="G271" s="1" t="s">
+      <c r="H271" t="s">
         <v>1051</v>
-      </c>
-[...1 lines deleted...]
-        <v>1052</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
+        <v>1052</v>
+      </c>
+      <c r="B272" t="s">
+        <v>9</v>
+      </c>
+      <c r="C272" t="s">
         <v>1053</v>
       </c>
-      <c r="B272" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D272" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E272" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F272" t="s">
         <v>169</v>
       </c>
       <c r="G272" s="1" t="s">
+        <v>1054</v>
+      </c>
+      <c r="H272" t="s">
         <v>1055</v>
-      </c>
-[...1 lines deleted...]
-        <v>1056</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
+        <v>1056</v>
+      </c>
+      <c r="B273" t="s">
+        <v>9</v>
+      </c>
+      <c r="C273" t="s">
         <v>1057</v>
       </c>
-      <c r="B273" t="s">
-[...2 lines deleted...]
-      <c r="C273" t="s">
+      <c r="D273" t="s">
+        <v>264</v>
+      </c>
+      <c r="E273" t="s">
+        <v>265</v>
+      </c>
+      <c r="F273" t="s">
+        <v>169</v>
+      </c>
+      <c r="G273" s="1" t="s">
         <v>1058</v>
       </c>
-      <c r="D273" t="s">
-[...8 lines deleted...]
-      <c r="G273" s="1" t="s">
+      <c r="H273" t="s">
         <v>1059</v>
-      </c>
-[...1 lines deleted...]
-        <v>1060</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
+        <v>1060</v>
+      </c>
+      <c r="B274" t="s">
+        <v>9</v>
+      </c>
+      <c r="C274" t="s">
         <v>1061</v>
       </c>
-      <c r="B274" t="s">
-[...2 lines deleted...]
-      <c r="C274" t="s">
+      <c r="D274" t="s">
+        <v>264</v>
+      </c>
+      <c r="E274" t="s">
+        <v>265</v>
+      </c>
+      <c r="F274" t="s">
+        <v>152</v>
+      </c>
+      <c r="G274" s="1" t="s">
         <v>1062</v>
       </c>
-      <c r="D274" t="s">
-[...8 lines deleted...]
-      <c r="G274" s="1" t="s">
+      <c r="H274" t="s">
         <v>1063</v>
-      </c>
-[...1 lines deleted...]
-        <v>1064</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
+        <v>1064</v>
+      </c>
+      <c r="B275" t="s">
+        <v>9</v>
+      </c>
+      <c r="C275" t="s">
         <v>1065</v>
       </c>
-      <c r="B275" t="s">
-[...2 lines deleted...]
-      <c r="C275" t="s">
+      <c r="D275" t="s">
+        <v>264</v>
+      </c>
+      <c r="E275" t="s">
+        <v>265</v>
+      </c>
+      <c r="F275" t="s">
+        <v>194</v>
+      </c>
+      <c r="G275" s="1" t="s">
         <v>1066</v>
       </c>
-      <c r="D275" t="s">
-[...8 lines deleted...]
-      <c r="G275" s="1" t="s">
+      <c r="H275" t="s">
         <v>1067</v>
-      </c>
-[...1 lines deleted...]
-        <v>1068</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B276" t="s">
+        <v>9</v>
+      </c>
+      <c r="C276" t="s">
         <v>1069</v>
       </c>
-      <c r="B276" t="s">
-[...2 lines deleted...]
-      <c r="C276" t="s">
+      <c r="D276" t="s">
+        <v>264</v>
+      </c>
+      <c r="E276" t="s">
+        <v>265</v>
+      </c>
+      <c r="F276" t="s">
+        <v>116</v>
+      </c>
+      <c r="G276" s="1" t="s">
         <v>1070</v>
       </c>
-      <c r="D276" t="s">
-[...8 lines deleted...]
-      <c r="G276" s="1" t="s">
+      <c r="H276" t="s">
         <v>1071</v>
-      </c>
-[...1 lines deleted...]
-        <v>1072</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
+        <v>1072</v>
+      </c>
+      <c r="B277" t="s">
+        <v>9</v>
+      </c>
+      <c r="C277" t="s">
         <v>1073</v>
       </c>
-      <c r="B277" t="s">
-[...2 lines deleted...]
-      <c r="C277" t="s">
+      <c r="D277" t="s">
+        <v>264</v>
+      </c>
+      <c r="E277" t="s">
+        <v>265</v>
+      </c>
+      <c r="F277" t="s">
+        <v>199</v>
+      </c>
+      <c r="G277" s="1" t="s">
         <v>1074</v>
       </c>
-      <c r="D277" t="s">
-[...8 lines deleted...]
-      <c r="G277" s="1" t="s">
+      <c r="H277" t="s">
         <v>1075</v>
-      </c>
-[...1 lines deleted...]
-        <v>1076</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
+        <v>1076</v>
+      </c>
+      <c r="B278" t="s">
+        <v>9</v>
+      </c>
+      <c r="C278" t="s">
         <v>1077</v>
       </c>
-      <c r="B278" t="s">
-[...2 lines deleted...]
-      <c r="C278" t="s">
+      <c r="D278" t="s">
+        <v>264</v>
+      </c>
+      <c r="E278" t="s">
+        <v>265</v>
+      </c>
+      <c r="F278" t="s">
+        <v>128</v>
+      </c>
+      <c r="G278" s="1" t="s">
         <v>1078</v>
       </c>
-      <c r="D278" t="s">
-[...8 lines deleted...]
-      <c r="G278" s="1" t="s">
+      <c r="H278" t="s">
         <v>1079</v>
-      </c>
-[...1 lines deleted...]
-        <v>1080</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
+        <v>1080</v>
+      </c>
+      <c r="B279" t="s">
+        <v>9</v>
+      </c>
+      <c r="C279" t="s">
         <v>1081</v>
       </c>
-      <c r="B279" t="s">
-[...2 lines deleted...]
-      <c r="C279" t="s">
+      <c r="D279" t="s">
+        <v>264</v>
+      </c>
+      <c r="E279" t="s">
+        <v>265</v>
+      </c>
+      <c r="F279" t="s">
+        <v>144</v>
+      </c>
+      <c r="G279" s="1" t="s">
         <v>1082</v>
       </c>
-      <c r="D279" t="s">
-[...8 lines deleted...]
-      <c r="G279" s="1" t="s">
+      <c r="H279" t="s">
         <v>1083</v>
-      </c>
-[...1 lines deleted...]
-        <v>1084</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
+        <v>1084</v>
+      </c>
+      <c r="B280" t="s">
+        <v>9</v>
+      </c>
+      <c r="C280" t="s">
         <v>1085</v>
       </c>
-      <c r="B280" t="s">
-[...2 lines deleted...]
-      <c r="C280" t="s">
+      <c r="D280" t="s">
+        <v>264</v>
+      </c>
+      <c r="E280" t="s">
+        <v>265</v>
+      </c>
+      <c r="F280" t="s">
+        <v>120</v>
+      </c>
+      <c r="G280" s="1" t="s">
         <v>1086</v>
       </c>
-      <c r="D280" t="s">
-[...8 lines deleted...]
-      <c r="G280" s="1" t="s">
+      <c r="H280" t="s">
         <v>1087</v>
-      </c>
-[...1 lines deleted...]
-        <v>1088</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
+        <v>1088</v>
+      </c>
+      <c r="B281" t="s">
+        <v>9</v>
+      </c>
+      <c r="C281" t="s">
         <v>1089</v>
       </c>
-      <c r="B281" t="s">
-[...2 lines deleted...]
-      <c r="C281" t="s">
+      <c r="D281" t="s">
+        <v>264</v>
+      </c>
+      <c r="E281" t="s">
+        <v>265</v>
+      </c>
+      <c r="F281" t="s">
+        <v>194</v>
+      </c>
+      <c r="G281" s="1" t="s">
         <v>1090</v>
       </c>
-      <c r="D281" t="s">
-[...8 lines deleted...]
-      <c r="G281" s="1" t="s">
+      <c r="H281" t="s">
         <v>1091</v>
-      </c>
-[...1 lines deleted...]
-        <v>1092</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
+        <v>1092</v>
+      </c>
+      <c r="B282" t="s">
+        <v>9</v>
+      </c>
+      <c r="C282" t="s">
         <v>1093</v>
       </c>
-      <c r="B282" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D282" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E282" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F282" t="s">
         <v>120</v>
       </c>
       <c r="G282" s="1" t="s">
+        <v>1094</v>
+      </c>
+      <c r="H282" t="s">
         <v>1095</v>
-      </c>
-[...1 lines deleted...]
-        <v>1096</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
+        <v>1096</v>
+      </c>
+      <c r="B283" t="s">
+        <v>9</v>
+      </c>
+      <c r="C283" t="s">
         <v>1097</v>
       </c>
-      <c r="B283" t="s">
-[...2 lines deleted...]
-      <c r="C283" t="s">
+      <c r="D283" t="s">
+        <v>264</v>
+      </c>
+      <c r="E283" t="s">
+        <v>265</v>
+      </c>
+      <c r="F283" t="s">
+        <v>120</v>
+      </c>
+      <c r="G283" s="1" t="s">
         <v>1098</v>
       </c>
-      <c r="D283" t="s">
-[...8 lines deleted...]
-      <c r="G283" s="1" t="s">
+      <c r="H283" t="s">
         <v>1099</v>
-      </c>
-[...1 lines deleted...]
-        <v>1100</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
+        <v>1100</v>
+      </c>
+      <c r="B284" t="s">
+        <v>9</v>
+      </c>
+      <c r="C284" t="s">
         <v>1101</v>
       </c>
-      <c r="B284" t="s">
-[...2 lines deleted...]
-      <c r="C284" t="s">
+      <c r="D284" t="s">
+        <v>264</v>
+      </c>
+      <c r="E284" t="s">
+        <v>265</v>
+      </c>
+      <c r="F284" t="s">
+        <v>116</v>
+      </c>
+      <c r="G284" s="1" t="s">
         <v>1102</v>
       </c>
-      <c r="D284" t="s">
-[...8 lines deleted...]
-      <c r="G284" s="1" t="s">
+      <c r="H284" t="s">
         <v>1103</v>
-      </c>
-[...1 lines deleted...]
-        <v>1104</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
+        <v>1104</v>
+      </c>
+      <c r="B285" t="s">
+        <v>9</v>
+      </c>
+      <c r="C285" t="s">
         <v>1105</v>
       </c>
-      <c r="B285" t="s">
-[...2 lines deleted...]
-      <c r="C285" t="s">
+      <c r="D285" t="s">
+        <v>264</v>
+      </c>
+      <c r="E285" t="s">
+        <v>265</v>
+      </c>
+      <c r="F285" t="s">
+        <v>140</v>
+      </c>
+      <c r="G285" s="1" t="s">
         <v>1106</v>
       </c>
-      <c r="D285" t="s">
-[...8 lines deleted...]
-      <c r="G285" s="1" t="s">
+      <c r="H285" t="s">
         <v>1107</v>
-      </c>
-[...1 lines deleted...]
-        <v>1108</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
+        <v>1108</v>
+      </c>
+      <c r="B286" t="s">
+        <v>9</v>
+      </c>
+      <c r="C286" t="s">
         <v>1109</v>
       </c>
-      <c r="B286" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D286" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E286" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F286" t="s">
         <v>144</v>
       </c>
       <c r="G286" s="1" t="s">
+        <v>1110</v>
+      </c>
+      <c r="H286" t="s">
         <v>1111</v>
-      </c>
-[...1 lines deleted...]
-        <v>1112</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
+        <v>1112</v>
+      </c>
+      <c r="B287" t="s">
+        <v>9</v>
+      </c>
+      <c r="C287" t="s">
         <v>1113</v>
       </c>
-      <c r="B287" t="s">
-[...2 lines deleted...]
-      <c r="C287" t="s">
+      <c r="D287" t="s">
+        <v>264</v>
+      </c>
+      <c r="E287" t="s">
+        <v>265</v>
+      </c>
+      <c r="F287" t="s">
+        <v>144</v>
+      </c>
+      <c r="G287" s="1" t="s">
         <v>1114</v>
       </c>
-      <c r="D287" t="s">
-[...8 lines deleted...]
-      <c r="G287" s="1" t="s">
+      <c r="H287" t="s">
         <v>1115</v>
-      </c>
-[...1 lines deleted...]
-        <v>1116</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
+        <v>1116</v>
+      </c>
+      <c r="B288" t="s">
+        <v>9</v>
+      </c>
+      <c r="C288" t="s">
         <v>1117</v>
       </c>
-      <c r="B288" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D288" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E288" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F288" t="s">
         <v>124</v>
       </c>
       <c r="G288" s="1" t="s">
+        <v>1118</v>
+      </c>
+      <c r="H288" t="s">
         <v>1119</v>
-      </c>
-[...1 lines deleted...]
-        <v>1120</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B289" t="s">
+        <v>9</v>
+      </c>
+      <c r="C289" t="s">
         <v>1121</v>
       </c>
-      <c r="B289" t="s">
-[...2 lines deleted...]
-      <c r="C289" t="s">
+      <c r="D289" t="s">
+        <v>264</v>
+      </c>
+      <c r="E289" t="s">
+        <v>265</v>
+      </c>
+      <c r="F289" t="s">
+        <v>124</v>
+      </c>
+      <c r="G289" s="1" t="s">
         <v>1122</v>
       </c>
-      <c r="D289" t="s">
-[...8 lines deleted...]
-      <c r="G289" s="1" t="s">
+      <c r="H289" t="s">
         <v>1123</v>
-      </c>
-[...1 lines deleted...]
-        <v>1124</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
+        <v>1124</v>
+      </c>
+      <c r="B290" t="s">
+        <v>9</v>
+      </c>
+      <c r="C290" t="s">
         <v>1125</v>
       </c>
-      <c r="B290" t="s">
-[...2 lines deleted...]
-      <c r="C290" t="s">
+      <c r="D290" t="s">
+        <v>264</v>
+      </c>
+      <c r="E290" t="s">
+        <v>265</v>
+      </c>
+      <c r="F290" t="s">
+        <v>156</v>
+      </c>
+      <c r="G290" s="1" t="s">
         <v>1126</v>
       </c>
-      <c r="D290" t="s">
-[...8 lines deleted...]
-      <c r="G290" s="1" t="s">
+      <c r="H290" t="s">
         <v>1127</v>
-      </c>
-[...1 lines deleted...]
-        <v>1128</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
+        <v>1128</v>
+      </c>
+      <c r="B291" t="s">
+        <v>9</v>
+      </c>
+      <c r="C291" t="s">
         <v>1129</v>
       </c>
-      <c r="B291" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D291" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E291" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F291" t="s">
         <v>140</v>
       </c>
       <c r="G291" s="1" t="s">
+        <v>1130</v>
+      </c>
+      <c r="H291" t="s">
         <v>1131</v>
-      </c>
-[...1 lines deleted...]
-        <v>1132</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
+        <v>1132</v>
+      </c>
+      <c r="B292" t="s">
+        <v>9</v>
+      </c>
+      <c r="C292" t="s">
         <v>1133</v>
       </c>
-      <c r="B292" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D292" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E292" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F292" t="s">
         <v>140</v>
       </c>
       <c r="G292" s="1" t="s">
+        <v>1134</v>
+      </c>
+      <c r="H292" t="s">
         <v>1135</v>
-      </c>
-[...1 lines deleted...]
-        <v>1136</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
+        <v>1136</v>
+      </c>
+      <c r="B293" t="s">
+        <v>9</v>
+      </c>
+      <c r="C293" t="s">
         <v>1137</v>
       </c>
-      <c r="B293" t="s">
-[...2 lines deleted...]
-      <c r="C293" t="s">
+      <c r="D293" t="s">
+        <v>264</v>
+      </c>
+      <c r="E293" t="s">
+        <v>265</v>
+      </c>
+      <c r="F293" t="s">
+        <v>140</v>
+      </c>
+      <c r="G293" s="1" t="s">
         <v>1138</v>
       </c>
-      <c r="D293" t="s">
-[...8 lines deleted...]
-      <c r="G293" s="1" t="s">
+      <c r="H293" t="s">
         <v>1139</v>
-      </c>
-[...1 lines deleted...]
-        <v>1140</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
+        <v>1140</v>
+      </c>
+      <c r="B294" t="s">
+        <v>9</v>
+      </c>
+      <c r="C294" t="s">
         <v>1141</v>
       </c>
-      <c r="B294" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D294" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E294" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F294" t="s">
         <v>199</v>
       </c>
       <c r="G294" s="1" t="s">
+        <v>1142</v>
+      </c>
+      <c r="H294" t="s">
         <v>1143</v>
-      </c>
-[...1 lines deleted...]
-        <v>1144</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
+        <v>1144</v>
+      </c>
+      <c r="B295" t="s">
+        <v>9</v>
+      </c>
+      <c r="C295" t="s">
         <v>1145</v>
       </c>
-      <c r="B295" t="s">
-[...2 lines deleted...]
-      <c r="C295" t="s">
+      <c r="D295" t="s">
+        <v>264</v>
+      </c>
+      <c r="E295" t="s">
+        <v>265</v>
+      </c>
+      <c r="F295" t="s">
+        <v>199</v>
+      </c>
+      <c r="G295" s="1" t="s">
         <v>1146</v>
       </c>
-      <c r="D295" t="s">
-[...8 lines deleted...]
-      <c r="G295" s="1" t="s">
+      <c r="H295" t="s">
         <v>1147</v>
-      </c>
-[...1 lines deleted...]
-        <v>1148</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
+        <v>1148</v>
+      </c>
+      <c r="B296" t="s">
+        <v>9</v>
+      </c>
+      <c r="C296" t="s">
         <v>1149</v>
       </c>
-      <c r="B296" t="s">
-[...2 lines deleted...]
-      <c r="C296" t="s">
+      <c r="D296" t="s">
+        <v>264</v>
+      </c>
+      <c r="E296" t="s">
+        <v>265</v>
+      </c>
+      <c r="F296" t="s">
+        <v>156</v>
+      </c>
+      <c r="G296" s="1" t="s">
         <v>1150</v>
       </c>
-      <c r="D296" t="s">
-[...8 lines deleted...]
-      <c r="G296" s="1" t="s">
+      <c r="H296" t="s">
         <v>1151</v>
-      </c>
-[...1 lines deleted...]
-        <v>1152</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
+        <v>1152</v>
+      </c>
+      <c r="B297" t="s">
+        <v>9</v>
+      </c>
+      <c r="C297" t="s">
         <v>1153</v>
       </c>
-      <c r="B297" t="s">
-[...2 lines deleted...]
-      <c r="C297" t="s">
+      <c r="D297" t="s">
+        <v>264</v>
+      </c>
+      <c r="E297" t="s">
+        <v>265</v>
+      </c>
+      <c r="F297" t="s">
+        <v>144</v>
+      </c>
+      <c r="G297" s="1" t="s">
         <v>1154</v>
       </c>
-      <c r="D297" t="s">
-[...8 lines deleted...]
-      <c r="G297" s="1" t="s">
+      <c r="H297" t="s">
         <v>1155</v>
-      </c>
-[...1 lines deleted...]
-        <v>1156</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
+        <v>1156</v>
+      </c>
+      <c r="B298" t="s">
+        <v>9</v>
+      </c>
+      <c r="C298" t="s">
         <v>1157</v>
       </c>
-      <c r="B298" t="s">
-[...2 lines deleted...]
-      <c r="C298" t="s">
+      <c r="D298" t="s">
+        <v>264</v>
+      </c>
+      <c r="E298" t="s">
+        <v>265</v>
+      </c>
+      <c r="F298" t="s">
+        <v>169</v>
+      </c>
+      <c r="G298" s="1" t="s">
         <v>1158</v>
       </c>
-      <c r="D298" t="s">
-[...8 lines deleted...]
-      <c r="G298" s="1" t="s">
+      <c r="H298" t="s">
         <v>1159</v>
-      </c>
-[...1 lines deleted...]
-        <v>1160</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
+        <v>1160</v>
+      </c>
+      <c r="B299" t="s">
+        <v>9</v>
+      </c>
+      <c r="C299" t="s">
         <v>1161</v>
       </c>
-      <c r="B299" t="s">
-[...2 lines deleted...]
-      <c r="C299" t="s">
+      <c r="D299" t="s">
+        <v>264</v>
+      </c>
+      <c r="E299" t="s">
+        <v>265</v>
+      </c>
+      <c r="F299" t="s">
+        <v>128</v>
+      </c>
+      <c r="G299" s="1" t="s">
         <v>1162</v>
       </c>
-      <c r="D299" t="s">
-[...8 lines deleted...]
-      <c r="G299" s="1" t="s">
+      <c r="H299" t="s">
         <v>1163</v>
-      </c>
-[...1 lines deleted...]
-        <v>1164</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
+        <v>1164</v>
+      </c>
+      <c r="B300" t="s">
+        <v>9</v>
+      </c>
+      <c r="C300" t="s">
         <v>1165</v>
       </c>
-      <c r="B300" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D300" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E300" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F300" t="s">
         <v>144</v>
       </c>
       <c r="G300" s="1" t="s">
+        <v>1166</v>
+      </c>
+      <c r="H300" t="s">
         <v>1167</v>
-      </c>
-[...1 lines deleted...]
-        <v>1168</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
+        <v>1168</v>
+      </c>
+      <c r="B301" t="s">
+        <v>9</v>
+      </c>
+      <c r="C301" t="s">
         <v>1169</v>
       </c>
-      <c r="B301" t="s">
-[...2 lines deleted...]
-      <c r="C301" t="s">
+      <c r="D301" t="s">
+        <v>264</v>
+      </c>
+      <c r="E301" t="s">
+        <v>265</v>
+      </c>
+      <c r="F301" t="s">
+        <v>144</v>
+      </c>
+      <c r="G301" s="1" t="s">
         <v>1170</v>
       </c>
-      <c r="D301" t="s">
-[...8 lines deleted...]
-      <c r="G301" s="1" t="s">
+      <c r="H301" t="s">
         <v>1171</v>
-      </c>
-[...1 lines deleted...]
-        <v>1172</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
+        <v>1172</v>
+      </c>
+      <c r="B302" t="s">
+        <v>9</v>
+      </c>
+      <c r="C302" t="s">
         <v>1173</v>
       </c>
-      <c r="B302" t="s">
-[...2 lines deleted...]
-      <c r="C302" t="s">
+      <c r="D302" t="s">
+        <v>264</v>
+      </c>
+      <c r="E302" t="s">
+        <v>265</v>
+      </c>
+      <c r="F302" t="s">
+        <v>116</v>
+      </c>
+      <c r="G302" s="1" t="s">
         <v>1174</v>
       </c>
-      <c r="D302" t="s">
-[...8 lines deleted...]
-      <c r="G302" s="1" t="s">
+      <c r="H302" t="s">
         <v>1175</v>
-      </c>
-[...1 lines deleted...]
-        <v>1176</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
+        <v>1176</v>
+      </c>
+      <c r="B303" t="s">
+        <v>9</v>
+      </c>
+      <c r="C303" t="s">
         <v>1177</v>
       </c>
-      <c r="B303" t="s">
-[...2 lines deleted...]
-      <c r="C303" t="s">
+      <c r="D303" t="s">
+        <v>264</v>
+      </c>
+      <c r="E303" t="s">
+        <v>265</v>
+      </c>
+      <c r="F303" t="s">
+        <v>156</v>
+      </c>
+      <c r="G303" s="1" t="s">
         <v>1178</v>
       </c>
-      <c r="D303" t="s">
-[...8 lines deleted...]
-      <c r="G303" s="1" t="s">
+      <c r="H303" t="s">
         <v>1179</v>
-      </c>
-[...1 lines deleted...]
-        <v>1180</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
+        <v>1180</v>
+      </c>
+      <c r="B304" t="s">
+        <v>9</v>
+      </c>
+      <c r="C304" t="s">
         <v>1181</v>
       </c>
-      <c r="B304" t="s">
-[...2 lines deleted...]
-      <c r="C304" t="s">
+      <c r="D304" t="s">
+        <v>264</v>
+      </c>
+      <c r="E304" t="s">
+        <v>265</v>
+      </c>
+      <c r="F304" t="s">
+        <v>169</v>
+      </c>
+      <c r="G304" s="1" t="s">
         <v>1182</v>
       </c>
-      <c r="D304" t="s">
-[...8 lines deleted...]
-      <c r="G304" s="1" t="s">
+      <c r="H304" t="s">
         <v>1183</v>
-      </c>
-[...1 lines deleted...]
-        <v>1184</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
+        <v>1184</v>
+      </c>
+      <c r="B305" t="s">
+        <v>9</v>
+      </c>
+      <c r="C305" t="s">
         <v>1185</v>
       </c>
-      <c r="B305" t="s">
-[...2 lines deleted...]
-      <c r="C305" t="s">
+      <c r="D305" t="s">
+        <v>264</v>
+      </c>
+      <c r="E305" t="s">
+        <v>265</v>
+      </c>
+      <c r="F305" t="s">
+        <v>124</v>
+      </c>
+      <c r="G305" s="1" t="s">
         <v>1186</v>
       </c>
-      <c r="D305" t="s">
-[...8 lines deleted...]
-      <c r="G305" s="1" t="s">
+      <c r="H305" t="s">
         <v>1187</v>
-      </c>
-[...1 lines deleted...]
-        <v>1188</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
+        <v>1188</v>
+      </c>
+      <c r="B306" t="s">
+        <v>9</v>
+      </c>
+      <c r="C306" t="s">
         <v>1189</v>
       </c>
-      <c r="B306" t="s">
-[...2 lines deleted...]
-      <c r="C306" t="s">
+      <c r="D306" t="s">
+        <v>264</v>
+      </c>
+      <c r="E306" t="s">
+        <v>265</v>
+      </c>
+      <c r="F306" t="s">
+        <v>152</v>
+      </c>
+      <c r="G306" s="1" t="s">
         <v>1190</v>
       </c>
-      <c r="D306" t="s">
-[...8 lines deleted...]
-      <c r="G306" s="1" t="s">
+      <c r="H306" t="s">
         <v>1191</v>
-      </c>
-[...1 lines deleted...]
-        <v>1192</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
+        <v>1192</v>
+      </c>
+      <c r="B307" t="s">
+        <v>9</v>
+      </c>
+      <c r="C307" t="s">
         <v>1193</v>
       </c>
-      <c r="B307" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D307" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E307" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F307" t="s">
         <v>116</v>
       </c>
       <c r="G307" s="1" t="s">
+        <v>1194</v>
+      </c>
+      <c r="H307" t="s">
         <v>1195</v>
-      </c>
-[...1 lines deleted...]
-        <v>1196</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B308" t="s">
+        <v>9</v>
+      </c>
+      <c r="C308" t="s">
         <v>1197</v>
       </c>
-      <c r="B308" t="s">
-[...2 lines deleted...]
-      <c r="C308" t="s">
+      <c r="D308" t="s">
+        <v>264</v>
+      </c>
+      <c r="E308" t="s">
+        <v>265</v>
+      </c>
+      <c r="F308" t="s">
+        <v>116</v>
+      </c>
+      <c r="G308" s="1" t="s">
         <v>1198</v>
       </c>
-      <c r="D308" t="s">
-[...8 lines deleted...]
-      <c r="G308" s="1" t="s">
+      <c r="H308" t="s">
         <v>1199</v>
-      </c>
-[...1 lines deleted...]
-        <v>1200</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
+        <v>1200</v>
+      </c>
+      <c r="B309" t="s">
+        <v>9</v>
+      </c>
+      <c r="C309" t="s">
         <v>1201</v>
       </c>
-      <c r="B309" t="s">
-[...2 lines deleted...]
-      <c r="C309" t="s">
+      <c r="D309" t="s">
+        <v>264</v>
+      </c>
+      <c r="E309" t="s">
+        <v>265</v>
+      </c>
+      <c r="F309" t="s">
+        <v>128</v>
+      </c>
+      <c r="G309" s="1" t="s">
         <v>1202</v>
       </c>
-      <c r="D309" t="s">
-[...8 lines deleted...]
-      <c r="G309" s="1" t="s">
+      <c r="H309" t="s">
         <v>1203</v>
-      </c>
-[...1 lines deleted...]
-        <v>1204</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
+        <v>1204</v>
+      </c>
+      <c r="B310" t="s">
+        <v>9</v>
+      </c>
+      <c r="C310" t="s">
         <v>1205</v>
       </c>
-      <c r="B310" t="s">
-[...2 lines deleted...]
-      <c r="C310" t="s">
+      <c r="D310" t="s">
+        <v>264</v>
+      </c>
+      <c r="E310" t="s">
+        <v>265</v>
+      </c>
+      <c r="F310" t="s">
+        <v>140</v>
+      </c>
+      <c r="G310" s="1" t="s">
         <v>1206</v>
       </c>
-      <c r="D310" t="s">
-[...8 lines deleted...]
-      <c r="G310" s="1" t="s">
+      <c r="H310" t="s">
         <v>1207</v>
-      </c>
-[...1 lines deleted...]
-        <v>1208</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
+        <v>1208</v>
+      </c>
+      <c r="B311" t="s">
+        <v>9</v>
+      </c>
+      <c r="C311" t="s">
         <v>1209</v>
       </c>
-      <c r="B311" t="s">
-[...2 lines deleted...]
-      <c r="C311" t="s">
+      <c r="D311" t="s">
+        <v>264</v>
+      </c>
+      <c r="E311" t="s">
+        <v>265</v>
+      </c>
+      <c r="F311" t="s">
+        <v>144</v>
+      </c>
+      <c r="G311" s="1" t="s">
         <v>1210</v>
       </c>
-      <c r="D311" t="s">
-[...8 lines deleted...]
-      <c r="G311" s="1" t="s">
+      <c r="H311" t="s">
         <v>1211</v>
-      </c>
-[...1 lines deleted...]
-        <v>1212</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
+        <v>1212</v>
+      </c>
+      <c r="B312" t="s">
+        <v>9</v>
+      </c>
+      <c r="C312" t="s">
         <v>1213</v>
       </c>
-      <c r="B312" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D312" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E312" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F312" t="s">
         <v>128</v>
       </c>
       <c r="G312" s="1" t="s">
+        <v>1214</v>
+      </c>
+      <c r="H312" t="s">
         <v>1215</v>
-      </c>
-[...1 lines deleted...]
-        <v>1216</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
+        <v>1216</v>
+      </c>
+      <c r="B313" t="s">
+        <v>9</v>
+      </c>
+      <c r="C313" t="s">
         <v>1217</v>
       </c>
-      <c r="B313" t="s">
-[...2 lines deleted...]
-      <c r="C313" t="s">
+      <c r="D313" t="s">
+        <v>264</v>
+      </c>
+      <c r="E313" t="s">
+        <v>265</v>
+      </c>
+      <c r="F313" t="s">
+        <v>128</v>
+      </c>
+      <c r="G313" s="1" t="s">
         <v>1218</v>
       </c>
-      <c r="D313" t="s">
-[...8 lines deleted...]
-      <c r="G313" s="1" t="s">
+      <c r="H313" t="s">
         <v>1219</v>
-      </c>
-[...1 lines deleted...]
-        <v>1220</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
+        <v>1220</v>
+      </c>
+      <c r="B314" t="s">
+        <v>9</v>
+      </c>
+      <c r="C314" t="s">
         <v>1221</v>
       </c>
-      <c r="B314" t="s">
-[...2 lines deleted...]
-      <c r="C314" t="s">
+      <c r="D314" t="s">
+        <v>264</v>
+      </c>
+      <c r="E314" t="s">
+        <v>265</v>
+      </c>
+      <c r="F314" t="s">
+        <v>116</v>
+      </c>
+      <c r="G314" s="1" t="s">
         <v>1222</v>
       </c>
-      <c r="D314" t="s">
-[...8 lines deleted...]
-      <c r="G314" s="1" t="s">
+      <c r="H314" t="s">
         <v>1223</v>
-      </c>
-[...1 lines deleted...]
-        <v>1224</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
+        <v>1224</v>
+      </c>
+      <c r="B315" t="s">
+        <v>9</v>
+      </c>
+      <c r="C315" t="s">
         <v>1225</v>
       </c>
-      <c r="B315" t="s">
-[...2 lines deleted...]
-      <c r="C315" t="s">
+      <c r="D315" t="s">
+        <v>264</v>
+      </c>
+      <c r="E315" t="s">
+        <v>265</v>
+      </c>
+      <c r="F315" t="s">
+        <v>124</v>
+      </c>
+      <c r="G315" s="1" t="s">
         <v>1226</v>
       </c>
-      <c r="D315" t="s">
-[...8 lines deleted...]
-      <c r="G315" s="1" t="s">
+      <c r="H315" t="s">
         <v>1227</v>
-      </c>
-[...1 lines deleted...]
-        <v>1228</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
+        <v>1228</v>
+      </c>
+      <c r="B316" t="s">
+        <v>9</v>
+      </c>
+      <c r="C316" t="s">
         <v>1229</v>
       </c>
-      <c r="B316" t="s">
-[...2 lines deleted...]
-      <c r="C316" t="s">
+      <c r="D316" t="s">
+        <v>264</v>
+      </c>
+      <c r="E316" t="s">
+        <v>265</v>
+      </c>
+      <c r="F316" t="s">
+        <v>140</v>
+      </c>
+      <c r="G316" s="1" t="s">
         <v>1230</v>
       </c>
-      <c r="D316" t="s">
-[...8 lines deleted...]
-      <c r="G316" s="1" t="s">
+      <c r="H316" t="s">
         <v>1231</v>
-      </c>
-[...1 lines deleted...]
-        <v>1232</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
+        <v>1232</v>
+      </c>
+      <c r="B317" t="s">
+        <v>9</v>
+      </c>
+      <c r="C317" t="s">
         <v>1233</v>
       </c>
-      <c r="B317" t="s">
-[...2 lines deleted...]
-      <c r="C317" t="s">
+      <c r="D317" t="s">
+        <v>264</v>
+      </c>
+      <c r="E317" t="s">
+        <v>265</v>
+      </c>
+      <c r="F317" t="s">
+        <v>144</v>
+      </c>
+      <c r="G317" s="1" t="s">
         <v>1234</v>
       </c>
-      <c r="D317" t="s">
-[...8 lines deleted...]
-      <c r="G317" s="1" t="s">
+      <c r="H317" t="s">
         <v>1235</v>
-      </c>
-[...1 lines deleted...]
-        <v>1236</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
+        <v>1236</v>
+      </c>
+      <c r="B318" t="s">
+        <v>9</v>
+      </c>
+      <c r="C318" t="s">
         <v>1237</v>
       </c>
-      <c r="B318" t="s">
-[...2 lines deleted...]
-      <c r="C318" t="s">
+      <c r="D318" t="s">
+        <v>264</v>
+      </c>
+      <c r="E318" t="s">
+        <v>265</v>
+      </c>
+      <c r="F318" t="s">
+        <v>128</v>
+      </c>
+      <c r="G318" s="1" t="s">
         <v>1238</v>
       </c>
-      <c r="D318" t="s">
-[...8 lines deleted...]
-      <c r="G318" s="1" t="s">
+      <c r="H318" t="s">
         <v>1239</v>
-      </c>
-[...1 lines deleted...]
-        <v>1240</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
+        <v>1240</v>
+      </c>
+      <c r="B319" t="s">
+        <v>9</v>
+      </c>
+      <c r="C319" t="s">
         <v>1241</v>
       </c>
-      <c r="B319" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D319" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E319" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F319" t="s">
         <v>124</v>
       </c>
       <c r="G319" s="1" t="s">
+        <v>1242</v>
+      </c>
+      <c r="H319" t="s">
         <v>1243</v>
-      </c>
-[...1 lines deleted...]
-        <v>1244</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
+        <v>1244</v>
+      </c>
+      <c r="B320" t="s">
+        <v>9</v>
+      </c>
+      <c r="C320" t="s">
         <v>1245</v>
       </c>
-      <c r="B320" t="s">
-[...2 lines deleted...]
-      <c r="C320" t="s">
+      <c r="D320" t="s">
+        <v>264</v>
+      </c>
+      <c r="E320" t="s">
+        <v>265</v>
+      </c>
+      <c r="F320" t="s">
+        <v>124</v>
+      </c>
+      <c r="G320" s="1" t="s">
         <v>1246</v>
       </c>
-      <c r="D320" t="s">
-[...8 lines deleted...]
-      <c r="G320" s="1" t="s">
+      <c r="H320" t="s">
         <v>1247</v>
-      </c>
-[...1 lines deleted...]
-        <v>1248</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
+        <v>1248</v>
+      </c>
+      <c r="B321" t="s">
+        <v>9</v>
+      </c>
+      <c r="C321" t="s">
         <v>1249</v>
       </c>
-      <c r="B321" t="s">
-[...2 lines deleted...]
-      <c r="C321" t="s">
+      <c r="D321" t="s">
+        <v>264</v>
+      </c>
+      <c r="E321" t="s">
+        <v>265</v>
+      </c>
+      <c r="F321" t="s">
+        <v>169</v>
+      </c>
+      <c r="G321" s="1" t="s">
         <v>1250</v>
       </c>
-      <c r="D321" t="s">
-[...8 lines deleted...]
-      <c r="G321" s="1" t="s">
+      <c r="H321" t="s">
         <v>1251</v>
-      </c>
-[...1 lines deleted...]
-        <v>1252</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
+        <v>1252</v>
+      </c>
+      <c r="B322" t="s">
+        <v>9</v>
+      </c>
+      <c r="C322" t="s">
         <v>1253</v>
       </c>
-      <c r="B322" t="s">
-[...2 lines deleted...]
-      <c r="C322" t="s">
+      <c r="D322" t="s">
+        <v>264</v>
+      </c>
+      <c r="E322" t="s">
+        <v>265</v>
+      </c>
+      <c r="F322" t="s">
+        <v>116</v>
+      </c>
+      <c r="G322" s="1" t="s">
         <v>1254</v>
       </c>
-      <c r="D322" t="s">
-[...8 lines deleted...]
-      <c r="G322" s="1" t="s">
+      <c r="H322" t="s">
         <v>1255</v>
-      </c>
-[...1 lines deleted...]
-        <v>1256</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
+        <v>1256</v>
+      </c>
+      <c r="B323" t="s">
+        <v>9</v>
+      </c>
+      <c r="C323" t="s">
         <v>1257</v>
       </c>
-      <c r="B323" t="s">
-[...2 lines deleted...]
-      <c r="C323" t="s">
+      <c r="D323" t="s">
+        <v>264</v>
+      </c>
+      <c r="E323" t="s">
+        <v>265</v>
+      </c>
+      <c r="F323" t="s">
+        <v>140</v>
+      </c>
+      <c r="G323" s="1" t="s">
         <v>1258</v>
       </c>
-      <c r="D323" t="s">
-[...5 lines deleted...]
-      <c r="F323" t="s">
+      <c r="H323" t="s">
         <v>1259</v>
-      </c>
-[...4 lines deleted...]
-        <v>1261</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
+        <v>1260</v>
+      </c>
+      <c r="B324" t="s">
+        <v>9</v>
+      </c>
+      <c r="C324" t="s">
+        <v>1261</v>
+      </c>
+      <c r="D324" t="s">
+        <v>264</v>
+      </c>
+      <c r="E324" t="s">
+        <v>265</v>
+      </c>
+      <c r="F324" t="s">
         <v>1262</v>
       </c>
-      <c r="B324" t="s">
-[...2 lines deleted...]
-      <c r="C324" t="s">
+      <c r="G324" s="1" t="s">
         <v>1263</v>
       </c>
-      <c r="D324" t="s">
-[...8 lines deleted...]
-      <c r="G324" s="1" t="s">
+      <c r="H324" t="s">
         <v>1264</v>
-      </c>
-[...1 lines deleted...]
-        <v>1265</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
+        <v>1265</v>
+      </c>
+      <c r="B325" t="s">
+        <v>9</v>
+      </c>
+      <c r="C325" t="s">
         <v>1266</v>
       </c>
-      <c r="B325" t="s">
-[...2 lines deleted...]
-      <c r="C325" t="s">
+      <c r="D325" t="s">
+        <v>264</v>
+      </c>
+      <c r="E325" t="s">
+        <v>265</v>
+      </c>
+      <c r="F325" t="s">
+        <v>128</v>
+      </c>
+      <c r="G325" s="1" t="s">
         <v>1267</v>
       </c>
-      <c r="D325" t="s">
-[...8 lines deleted...]
-      <c r="G325" s="1" t="s">
+      <c r="H325" t="s">
         <v>1268</v>
-      </c>
-[...1 lines deleted...]
-        <v>1269</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
+        <v>1269</v>
+      </c>
+      <c r="B326" t="s">
+        <v>9</v>
+      </c>
+      <c r="C326" t="s">
         <v>1270</v>
       </c>
-      <c r="B326" t="s">
-[...2 lines deleted...]
-      <c r="C326" t="s">
+      <c r="D326" t="s">
+        <v>264</v>
+      </c>
+      <c r="E326" t="s">
+        <v>265</v>
+      </c>
+      <c r="F326" t="s">
+        <v>156</v>
+      </c>
+      <c r="G326" s="1" t="s">
         <v>1271</v>
       </c>
-      <c r="D326" t="s">
-[...8 lines deleted...]
-      <c r="G326" s="1" t="s">
+      <c r="H326" t="s">
         <v>1272</v>
-      </c>
-[...1 lines deleted...]
-        <v>1273</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
+        <v>1273</v>
+      </c>
+      <c r="B327" t="s">
+        <v>9</v>
+      </c>
+      <c r="C327" t="s">
         <v>1274</v>
       </c>
-      <c r="B327" t="s">
-[...2 lines deleted...]
-      <c r="C327" t="s">
+      <c r="D327" t="s">
+        <v>264</v>
+      </c>
+      <c r="E327" t="s">
+        <v>265</v>
+      </c>
+      <c r="F327" t="s">
+        <v>199</v>
+      </c>
+      <c r="G327" s="1" t="s">
         <v>1275</v>
       </c>
-      <c r="D327" t="s">
-[...8 lines deleted...]
-      <c r="G327" s="1" t="s">
+      <c r="H327" t="s">
         <v>1276</v>
-      </c>
-[...1 lines deleted...]
-        <v>1277</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
+        <v>1277</v>
+      </c>
+      <c r="B328" t="s">
+        <v>9</v>
+      </c>
+      <c r="C328" t="s">
         <v>1278</v>
       </c>
-      <c r="B328" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D328" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E328" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F328" t="s">
         <v>140</v>
       </c>
       <c r="G328" s="1" t="s">
+        <v>1279</v>
+      </c>
+      <c r="H328" t="s">
         <v>1280</v>
-      </c>
-[...1 lines deleted...]
-        <v>1281</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
+        <v>1281</v>
+      </c>
+      <c r="B329" t="s">
+        <v>9</v>
+      </c>
+      <c r="C329" t="s">
         <v>1282</v>
       </c>
-      <c r="B329" t="s">
-[...2 lines deleted...]
-      <c r="C329" t="s">
+      <c r="D329" t="s">
+        <v>264</v>
+      </c>
+      <c r="E329" t="s">
+        <v>265</v>
+      </c>
+      <c r="F329" t="s">
+        <v>140</v>
+      </c>
+      <c r="G329" s="1" t="s">
         <v>1283</v>
       </c>
-      <c r="D329" t="s">
-[...8 lines deleted...]
-      <c r="G329" s="1" t="s">
+      <c r="H329" t="s">
         <v>1284</v>
-      </c>
-[...1 lines deleted...]
-        <v>1285</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
+        <v>1285</v>
+      </c>
+      <c r="B330" t="s">
+        <v>9</v>
+      </c>
+      <c r="C330" t="s">
         <v>1286</v>
       </c>
-      <c r="B330" t="s">
-[...2 lines deleted...]
-      <c r="C330" t="s">
+      <c r="D330" t="s">
+        <v>264</v>
+      </c>
+      <c r="E330" t="s">
+        <v>265</v>
+      </c>
+      <c r="F330" t="s">
+        <v>128</v>
+      </c>
+      <c r="G330" s="1" t="s">
         <v>1287</v>
       </c>
-      <c r="D330" t="s">
-[...8 lines deleted...]
-      <c r="G330" s="1" t="s">
+      <c r="H330" t="s">
         <v>1288</v>
-      </c>
-[...1 lines deleted...]
-        <v>1289</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
+        <v>1289</v>
+      </c>
+      <c r="B331" t="s">
+        <v>9</v>
+      </c>
+      <c r="C331" t="s">
         <v>1290</v>
       </c>
-      <c r="B331" t="s">
-[...2 lines deleted...]
-      <c r="C331" t="s">
+      <c r="D331" t="s">
+        <v>264</v>
+      </c>
+      <c r="E331" t="s">
+        <v>265</v>
+      </c>
+      <c r="F331" t="s">
+        <v>156</v>
+      </c>
+      <c r="G331" s="1" t="s">
         <v>1291</v>
       </c>
-      <c r="D331" t="s">
-[...8 lines deleted...]
-      <c r="G331" s="1" t="s">
+      <c r="H331" t="s">
         <v>1292</v>
-      </c>
-[...1 lines deleted...]
-        <v>1293</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
+        <v>1293</v>
+      </c>
+      <c r="B332" t="s">
+        <v>9</v>
+      </c>
+      <c r="C332" t="s">
         <v>1294</v>
       </c>
-      <c r="B332" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D332" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E332" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F332" t="s">
         <v>116</v>
       </c>
       <c r="G332" s="1" t="s">
+        <v>1295</v>
+      </c>
+      <c r="H332" t="s">
         <v>1296</v>
-      </c>
-[...1 lines deleted...]
-        <v>1297</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B333" t="s">
+        <v>9</v>
+      </c>
+      <c r="C333" t="s">
         <v>1298</v>
       </c>
-      <c r="B333" t="s">
-[...2 lines deleted...]
-      <c r="C333" t="s">
+      <c r="D333" t="s">
+        <v>264</v>
+      </c>
+      <c r="E333" t="s">
+        <v>265</v>
+      </c>
+      <c r="F333" t="s">
+        <v>116</v>
+      </c>
+      <c r="G333" s="1" t="s">
         <v>1299</v>
       </c>
-      <c r="D333" t="s">
-[...8 lines deleted...]
-      <c r="G333" s="1" t="s">
+      <c r="H333" t="s">
         <v>1300</v>
-      </c>
-[...1 lines deleted...]
-        <v>1301</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
+        <v>1301</v>
+      </c>
+      <c r="B334" t="s">
+        <v>9</v>
+      </c>
+      <c r="C334" t="s">
         <v>1302</v>
       </c>
-      <c r="B334" t="s">
-[...2 lines deleted...]
-      <c r="C334" t="s">
+      <c r="D334" t="s">
+        <v>264</v>
+      </c>
+      <c r="E334" t="s">
+        <v>265</v>
+      </c>
+      <c r="F334" t="s">
+        <v>156</v>
+      </c>
+      <c r="G334" s="1" t="s">
         <v>1303</v>
       </c>
-      <c r="D334" t="s">
-[...8 lines deleted...]
-      <c r="G334" s="1" t="s">
+      <c r="H334" t="s">
         <v>1304</v>
-      </c>
-[...1 lines deleted...]
-        <v>1305</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
+        <v>1305</v>
+      </c>
+      <c r="B335" t="s">
+        <v>9</v>
+      </c>
+      <c r="C335" t="s">
         <v>1306</v>
       </c>
-      <c r="B335" t="s">
-[...2 lines deleted...]
-      <c r="C335" t="s">
+      <c r="D335" t="s">
+        <v>264</v>
+      </c>
+      <c r="E335" t="s">
+        <v>265</v>
+      </c>
+      <c r="F335" t="s">
+        <v>144</v>
+      </c>
+      <c r="G335" s="1" t="s">
         <v>1307</v>
       </c>
-      <c r="D335" t="s">
-[...8 lines deleted...]
-      <c r="G335" s="1" t="s">
+      <c r="H335" t="s">
         <v>1308</v>
-      </c>
-[...1 lines deleted...]
-        <v>1309</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
+        <v>1309</v>
+      </c>
+      <c r="B336" t="s">
+        <v>9</v>
+      </c>
+      <c r="C336" t="s">
         <v>1310</v>
       </c>
-      <c r="B336" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D336" t="s">
+        <v>264</v>
+      </c>
+      <c r="E336" t="s">
+        <v>265</v>
+      </c>
+      <c r="F336" t="s">
+        <v>169</v>
+      </c>
+      <c r="G336" s="1" t="s">
         <v>1311</v>
       </c>
-      <c r="E336" t="s">
+      <c r="H336" t="s">
         <v>1312</v>
-      </c>
-[...7 lines deleted...]
-        <v>1314</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
+        <v>1313</v>
+      </c>
+      <c r="B337" t="s">
+        <v>9</v>
+      </c>
+      <c r="C337" t="s">
+        <v>1314</v>
+      </c>
+      <c r="D337" t="s">
+        <v>264</v>
+      </c>
+      <c r="E337" t="s">
+        <v>265</v>
+      </c>
+      <c r="F337" t="s">
+        <v>116</v>
+      </c>
+      <c r="G337" s="1" t="s">
         <v>1315</v>
       </c>
-      <c r="B337" t="s">
-[...14 lines deleted...]
-      <c r="G337" s="1" t="s">
+      <c r="H337" t="s">
         <v>1316</v>
-      </c>
-[...1 lines deleted...]
-        <v>1317</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
+        <v>1317</v>
+      </c>
+      <c r="B338" t="s">
+        <v>9</v>
+      </c>
+      <c r="C338" t="s">
+        <v>10</v>
+      </c>
+      <c r="D338" t="s">
         <v>1318</v>
       </c>
-      <c r="B338" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E338" t="s">
-        <v>1312</v>
+        <v>1319</v>
       </c>
       <c r="F338" t="s">
         <v>116</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
       <c r="H338" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="D339" t="s">
-        <v>1311</v>
+        <v>1318</v>
       </c>
       <c r="E339" t="s">
-        <v>1312</v>
+        <v>1319</v>
       </c>
       <c r="F339" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>1322</v>
+        <v>1323</v>
       </c>
       <c r="H339" t="s">
-        <v>1323</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>1324</v>
+        <v>1325</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="D340" t="s">
-        <v>1311</v>
+        <v>1318</v>
       </c>
       <c r="E340" t="s">
-        <v>1312</v>
+        <v>1319</v>
       </c>
       <c r="F340" t="s">
-        <v>156</v>
+        <v>116</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>1325</v>
+        <v>1326</v>
       </c>
       <c r="H340" t="s">
-        <v>1326</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>1327</v>
+        <v>1328</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="D341" t="s">
-        <v>1311</v>
+        <v>1318</v>
       </c>
       <c r="E341" t="s">
-        <v>1312</v>
+        <v>1319</v>
       </c>
       <c r="F341" t="s">
         <v>116</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
       <c r="H341" t="s">
-        <v>1329</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>1330</v>
+        <v>1331</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="D342" t="s">
-        <v>1311</v>
+        <v>1318</v>
       </c>
       <c r="E342" t="s">
-        <v>1312</v>
+        <v>1319</v>
       </c>
       <c r="F342" t="s">
-        <v>116</v>
+        <v>156</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>1331</v>
+        <v>1332</v>
       </c>
       <c r="H342" t="s">
-        <v>1332</v>
+        <v>1333</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>1333</v>
+        <v>1334</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="D343" t="s">
-        <v>1311</v>
+        <v>1318</v>
       </c>
       <c r="E343" t="s">
-        <v>1312</v>
+        <v>1319</v>
       </c>
       <c r="F343" t="s">
-        <v>169</v>
+        <v>116</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>1334</v>
+        <v>1335</v>
       </c>
       <c r="H343" t="s">
-        <v>1335</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>1336</v>
+        <v>1337</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
-        <v>79</v>
+        <v>41</v>
       </c>
       <c r="D344" t="s">
-        <v>1311</v>
+        <v>1318</v>
       </c>
       <c r="E344" t="s">
-        <v>1312</v>
+        <v>1319</v>
       </c>
       <c r="F344" t="s">
-        <v>124</v>
+        <v>116</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>1337</v>
+        <v>1338</v>
       </c>
       <c r="H344" t="s">
-        <v>1338</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>1339</v>
+        <v>1340</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
-        <v>10</v>
+        <v>45</v>
       </c>
       <c r="D345" t="s">
-        <v>1340</v>
+        <v>1318</v>
       </c>
       <c r="E345" t="s">
+        <v>1319</v>
+      </c>
+      <c r="F345" t="s">
+        <v>169</v>
+      </c>
+      <c r="G345" s="1" t="s">
         <v>1341</v>
       </c>
-      <c r="F345" t="s">
+      <c r="H345" t="s">
         <v>1342</v>
-      </c>
-[...4 lines deleted...]
-        <v>1344</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
+        <v>1343</v>
+      </c>
+      <c r="B346" t="s">
+        <v>9</v>
+      </c>
+      <c r="C346" t="s">
+        <v>79</v>
+      </c>
+      <c r="D346" t="s">
+        <v>1318</v>
+      </c>
+      <c r="E346" t="s">
+        <v>1319</v>
+      </c>
+      <c r="F346" t="s">
+        <v>124</v>
+      </c>
+      <c r="G346" s="1" t="s">
+        <v>1344</v>
+      </c>
+      <c r="H346" t="s">
         <v>1345</v>
-      </c>
-[...19 lines deleted...]
-        <v>1349</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
+        <v>1346</v>
+      </c>
+      <c r="B347" t="s">
+        <v>9</v>
+      </c>
+      <c r="C347" t="s">
+        <v>10</v>
+      </c>
+      <c r="D347" t="s">
+        <v>1347</v>
+      </c>
+      <c r="E347" t="s">
+        <v>1348</v>
+      </c>
+      <c r="F347" t="s">
+        <v>1349</v>
+      </c>
+      <c r="G347" s="1" t="s">
         <v>1350</v>
       </c>
-      <c r="B347" t="s">
-[...14 lines deleted...]
-      <c r="G347" s="1" t="s">
+      <c r="H347" t="s">
         <v>1351</v>
-      </c>
-[...1 lines deleted...]
-        <v>1352</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
+        <v>1352</v>
+      </c>
+      <c r="B348" t="s">
+        <v>9</v>
+      </c>
+      <c r="C348" t="s">
+        <v>10</v>
+      </c>
+      <c r="D348" t="s">
         <v>1353</v>
       </c>
-      <c r="B348" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E348" t="s">
-        <v>1347</v>
+        <v>1354</v>
       </c>
       <c r="F348" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>1354</v>
+        <v>1355</v>
       </c>
       <c r="H348" t="s">
-        <v>1355</v>
+        <v>1356</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>1356</v>
+        <v>1357</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D349" t="s">
-        <v>1357</v>
+        <v>1353</v>
       </c>
       <c r="E349" t="s">
+        <v>1354</v>
+      </c>
+      <c r="F349" t="s">
+        <v>152</v>
+      </c>
+      <c r="G349" s="1" t="s">
         <v>1358</v>
       </c>
-      <c r="F349" t="s">
-[...2 lines deleted...]
-      <c r="G349" s="1" t="s">
+      <c r="H349" t="s">
         <v>1359</v>
-      </c>
-[...1 lines deleted...]
-        <v>1360</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
+        <v>1360</v>
+      </c>
+      <c r="B350" t="s">
+        <v>9</v>
+      </c>
+      <c r="C350" t="s">
+        <v>21</v>
+      </c>
+      <c r="D350" t="s">
+        <v>1353</v>
+      </c>
+      <c r="E350" t="s">
+        <v>1354</v>
+      </c>
+      <c r="F350" t="s">
+        <v>194</v>
+      </c>
+      <c r="G350" s="1" t="s">
         <v>1361</v>
       </c>
-      <c r="B350" t="s">
-[...14 lines deleted...]
-      <c r="G350" s="1" t="s">
+      <c r="H350" t="s">
         <v>1362</v>
-      </c>
-[...1 lines deleted...]
-        <v>1363</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
+        <v>1363</v>
+      </c>
+      <c r="B351" t="s">
+        <v>9</v>
+      </c>
+      <c r="C351" t="s">
+        <v>10</v>
+      </c>
+      <c r="D351" t="s">
         <v>1364</v>
       </c>
-      <c r="B351" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E351" t="s">
-        <v>1358</v>
+        <v>1365</v>
       </c>
       <c r="F351" t="s">
-        <v>1342</v>
+        <v>128</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>1365</v>
+        <v>1366</v>
       </c>
       <c r="H351" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>1367</v>
+        <v>1368</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D352" t="s">
-        <v>1357</v>
+        <v>1364</v>
       </c>
       <c r="E352" t="s">
-        <v>1358</v>
+        <v>1365</v>
       </c>
       <c r="F352" t="s">
-        <v>1342</v>
+        <v>156</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="H352" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>1370</v>
+        <v>1371</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="D353" t="s">
-        <v>1357</v>
+        <v>1364</v>
       </c>
       <c r="E353" t="s">
-        <v>1358</v>
+        <v>1365</v>
       </c>
       <c r="F353" t="s">
-        <v>124</v>
+        <v>1349</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>1371</v>
+        <v>1372</v>
       </c>
       <c r="H353" t="s">
-        <v>1372</v>
+        <v>1373</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>1373</v>
+        <v>1374</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="D354" t="s">
-        <v>1357</v>
+        <v>1364</v>
       </c>
       <c r="E354" t="s">
-        <v>1358</v>
+        <v>1365</v>
       </c>
       <c r="F354" t="s">
-        <v>169</v>
+        <v>1349</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="H354" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>1376</v>
+        <v>1377</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="D355" t="s">
-        <v>1357</v>
+        <v>1364</v>
       </c>
       <c r="E355" t="s">
-        <v>1358</v>
+        <v>1365</v>
       </c>
       <c r="F355" t="s">
-        <v>1377</v>
+        <v>124</v>
       </c>
       <c r="G355" s="1" t="s">
         <v>1378</v>
       </c>
       <c r="H355" t="s">
         <v>1379</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
         <v>1380</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="D356" t="s">
-        <v>1357</v>
+        <v>1364</v>
       </c>
       <c r="E356" t="s">
-        <v>1358</v>
+        <v>1365</v>
       </c>
       <c r="F356" t="s">
-        <v>1342</v>
+        <v>169</v>
       </c>
       <c r="G356" s="1" t="s">
         <v>1381</v>
       </c>
       <c r="H356" t="s">
         <v>1382</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
         <v>1383</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="C357" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="D357" t="s">
-        <v>1357</v>
+        <v>1364</v>
       </c>
       <c r="E357" t="s">
-        <v>1358</v>
+        <v>1365</v>
       </c>
       <c r="F357" t="s">
-        <v>156</v>
+        <v>1384</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>1384</v>
+        <v>1385</v>
       </c>
       <c r="H357" t="s">
-        <v>1385</v>
+        <v>1386</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>1386</v>
+        <v>1387</v>
       </c>
       <c r="B358" t="s">
         <v>9</v>
       </c>
       <c r="C358" t="s">
-        <v>79</v>
+        <v>41</v>
       </c>
       <c r="D358" t="s">
-        <v>1357</v>
+        <v>1364</v>
       </c>
       <c r="E358" t="s">
-        <v>1358</v>
+        <v>1365</v>
       </c>
       <c r="F358" t="s">
-        <v>169</v>
+        <v>1349</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>1387</v>
+        <v>1388</v>
       </c>
       <c r="H358" t="s">
-        <v>1388</v>
+        <v>1389</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
-        <v>1389</v>
+        <v>1390</v>
       </c>
       <c r="B359" t="s">
         <v>9</v>
       </c>
       <c r="C359" t="s">
-        <v>83</v>
+        <v>45</v>
       </c>
       <c r="D359" t="s">
-        <v>1357</v>
+        <v>1364</v>
       </c>
       <c r="E359" t="s">
-        <v>1358</v>
+        <v>1365</v>
       </c>
       <c r="F359" t="s">
-        <v>124</v>
+        <v>156</v>
       </c>
       <c r="G359" s="1" t="s">
-        <v>1390</v>
+        <v>1391</v>
       </c>
       <c r="H359" t="s">
-        <v>1391</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
-        <v>1392</v>
+        <v>1393</v>
       </c>
       <c r="B360" t="s">
         <v>9</v>
       </c>
       <c r="C360" t="s">
-        <v>87</v>
+        <v>79</v>
       </c>
       <c r="D360" t="s">
-        <v>1357</v>
+        <v>1364</v>
       </c>
       <c r="E360" t="s">
-        <v>1358</v>
+        <v>1365</v>
       </c>
       <c r="F360" t="s">
-        <v>199</v>
+        <v>169</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>1393</v>
+        <v>1394</v>
       </c>
       <c r="H360" t="s">
-        <v>1394</v>
+        <v>1395</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>1395</v>
+        <v>1396</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
-        <v>160</v>
+        <v>83</v>
       </c>
       <c r="D361" t="s">
-        <v>1357</v>
+        <v>1364</v>
       </c>
       <c r="E361" t="s">
-        <v>1358</v>
+        <v>1365</v>
       </c>
       <c r="F361" t="s">
-        <v>140</v>
+        <v>124</v>
       </c>
       <c r="G361" s="1" t="s">
-        <v>1396</v>
+        <v>1397</v>
       </c>
       <c r="H361" t="s">
-        <v>1397</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
-        <v>1398</v>
+        <v>1399</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
-        <v>164</v>
+        <v>87</v>
       </c>
       <c r="D362" t="s">
-        <v>1357</v>
+        <v>1364</v>
       </c>
       <c r="E362" t="s">
-        <v>1358</v>
+        <v>1365</v>
       </c>
       <c r="F362" t="s">
-        <v>140</v>
+        <v>199</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>1399</v>
+        <v>1400</v>
       </c>
       <c r="H362" t="s">
-        <v>1400</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>1401</v>
+        <v>1402</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
-        <v>168</v>
+        <v>160</v>
       </c>
       <c r="D363" t="s">
-        <v>1357</v>
+        <v>1364</v>
       </c>
       <c r="E363" t="s">
-        <v>1358</v>
+        <v>1365</v>
       </c>
       <c r="F363" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>1402</v>
+        <v>1403</v>
       </c>
       <c r="H363" t="s">
-        <v>1403</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>1404</v>
+        <v>1405</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
-        <v>173</v>
+        <v>164</v>
       </c>
       <c r="D364" t="s">
-        <v>1357</v>
+        <v>1364</v>
       </c>
       <c r="E364" t="s">
-        <v>1358</v>
+        <v>1365</v>
       </c>
       <c r="F364" t="s">
-        <v>194</v>
+        <v>140</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>1405</v>
+        <v>1406</v>
       </c>
       <c r="H364" t="s">
-        <v>1406</v>
+        <v>1407</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>1407</v>
+        <v>1408</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
-        <v>177</v>
+        <v>168</v>
       </c>
       <c r="D365" t="s">
-        <v>1357</v>
+        <v>1364</v>
       </c>
       <c r="E365" t="s">
-        <v>1358</v>
+        <v>1365</v>
       </c>
       <c r="F365" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>1408</v>
+        <v>1409</v>
       </c>
       <c r="H365" t="s">
-        <v>1409</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>1410</v>
+        <v>1411</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="D366" t="s">
-        <v>1357</v>
+        <v>1364</v>
       </c>
       <c r="E366" t="s">
-        <v>1358</v>
+        <v>1365</v>
       </c>
       <c r="F366" t="s">
-        <v>169</v>
+        <v>194</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>1411</v>
+        <v>1412</v>
       </c>
       <c r="H366" t="s">
-        <v>1412</v>
+        <v>1413</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>1413</v>
+        <v>1414</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
-        <v>185</v>
+        <v>177</v>
       </c>
       <c r="D367" t="s">
-        <v>1357</v>
+        <v>1364</v>
       </c>
       <c r="E367" t="s">
-        <v>1358</v>
+        <v>1365</v>
       </c>
       <c r="F367" t="s">
-        <v>116</v>
+        <v>140</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>1414</v>
+        <v>1415</v>
       </c>
       <c r="H367" t="s">
-        <v>1415</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
-        <v>1416</v>
+        <v>1417</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
-        <v>189</v>
+        <v>181</v>
       </c>
       <c r="D368" t="s">
-        <v>1357</v>
+        <v>1364</v>
       </c>
       <c r="E368" t="s">
-        <v>1358</v>
+        <v>1365</v>
       </c>
       <c r="F368" t="s">
         <v>169</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>1417</v>
+        <v>1418</v>
       </c>
       <c r="H368" t="s">
-        <v>1418</v>
+        <v>1419</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>1419</v>
+        <v>1420</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
-        <v>193</v>
+        <v>185</v>
       </c>
       <c r="D369" t="s">
-        <v>1357</v>
+        <v>1364</v>
       </c>
       <c r="E369" t="s">
-        <v>1358</v>
+        <v>1365</v>
       </c>
       <c r="F369" t="s">
-        <v>140</v>
+        <v>116</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>1420</v>
+        <v>1421</v>
       </c>
       <c r="H369" t="s">
-        <v>1421</v>
+        <v>1422</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
-        <v>1422</v>
+        <v>1423</v>
       </c>
       <c r="B370" t="s">
         <v>9</v>
       </c>
       <c r="C370" t="s">
-        <v>1423</v>
+        <v>189</v>
       </c>
       <c r="D370" t="s">
+        <v>1364</v>
+      </c>
+      <c r="E370" t="s">
+        <v>1365</v>
+      </c>
+      <c r="F370" t="s">
+        <v>169</v>
+      </c>
+      <c r="G370" s="1" t="s">
         <v>1424</v>
       </c>
-      <c r="E370" t="s">
+      <c r="H370" t="s">
         <v>1425</v>
-      </c>
-[...7 lines deleted...]
-        <v>1427</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
+        <v>1426</v>
+      </c>
+      <c r="B371" t="s">
+        <v>9</v>
+      </c>
+      <c r="C371" t="s">
+        <v>193</v>
+      </c>
+      <c r="D371" t="s">
+        <v>1364</v>
+      </c>
+      <c r="E371" t="s">
+        <v>1365</v>
+      </c>
+      <c r="F371" t="s">
+        <v>140</v>
+      </c>
+      <c r="G371" s="1" t="s">
+        <v>1427</v>
+      </c>
+      <c r="H371" t="s">
         <v>1428</v>
-      </c>
-[...19 lines deleted...]
-        <v>1431</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
-        <v>1432</v>
+        <v>1429</v>
       </c>
       <c r="B372" t="s">
         <v>9</v>
       </c>
       <c r="C372" t="s">
-        <v>1433</v>
+        <v>203</v>
       </c>
       <c r="D372" t="s">
-        <v>1424</v>
+        <v>1364</v>
       </c>
       <c r="E372" t="s">
-        <v>1425</v>
+        <v>1365</v>
       </c>
       <c r="F372" t="s">
-        <v>93</v>
+        <v>140</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>1434</v>
+        <v>1430</v>
       </c>
       <c r="H372" t="s">
-        <v>1435</v>
+        <v>1431</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
-        <v>1436</v>
+        <v>1432</v>
       </c>
       <c r="B373" t="s">
         <v>9</v>
       </c>
       <c r="C373" t="s">
-        <v>1437</v>
+        <v>207</v>
       </c>
       <c r="D373" t="s">
-        <v>1424</v>
+        <v>1364</v>
       </c>
       <c r="E373" t="s">
-        <v>1425</v>
+        <v>1365</v>
       </c>
       <c r="F373" t="s">
-        <v>93</v>
+        <v>194</v>
       </c>
       <c r="G373" s="1" t="s">
-        <v>1438</v>
+        <v>1433</v>
       </c>
       <c r="H373" t="s">
-        <v>1439</v>
+        <v>1434</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
-        <v>1440</v>
+        <v>1435</v>
       </c>
       <c r="B374" t="s">
         <v>9</v>
       </c>
       <c r="C374" t="s">
-        <v>1441</v>
+        <v>1436</v>
       </c>
       <c r="D374" t="s">
-        <v>1424</v>
+        <v>1437</v>
       </c>
       <c r="E374" t="s">
-        <v>1425</v>
+        <v>1438</v>
       </c>
       <c r="F374" t="s">
         <v>93</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>1442</v>
+        <v>1439</v>
       </c>
       <c r="H374" t="s">
-        <v>1443</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>1444</v>
+        <v>1441</v>
       </c>
       <c r="B375" t="s">
         <v>9</v>
       </c>
       <c r="C375" t="s">
-        <v>1445</v>
+        <v>1442</v>
       </c>
       <c r="D375" t="s">
-        <v>1424</v>
+        <v>1437</v>
       </c>
       <c r="E375" t="s">
-        <v>1425</v>
+        <v>1438</v>
       </c>
       <c r="F375" t="s">
         <v>93</v>
       </c>
       <c r="G375" s="1" t="s">
+        <v>1443</v>
+      </c>
+      <c r="H375" t="s">
+        <v>1444</v>
+      </c>
+    </row>
+    <row r="376" spans="1:8">
+      <c r="A376" t="s">
+        <v>1445</v>
+      </c>
+      <c r="B376" t="s">
+        <v>9</v>
+      </c>
+      <c r="C376" t="s">
         <v>1446</v>
       </c>
-      <c r="H375" t="s">
+      <c r="D376" t="s">
+        <v>1437</v>
+      </c>
+      <c r="E376" t="s">
+        <v>1438</v>
+      </c>
+      <c r="F376" t="s">
+        <v>93</v>
+      </c>
+      <c r="G376" s="1" t="s">
         <v>1447</v>
+      </c>
+      <c r="H376" t="s">
+        <v>1448</v>
+      </c>
+    </row>
+    <row r="377" spans="1:8">
+      <c r="A377" t="s">
+        <v>1449</v>
+      </c>
+      <c r="B377" t="s">
+        <v>9</v>
+      </c>
+      <c r="C377" t="s">
+        <v>1450</v>
+      </c>
+      <c r="D377" t="s">
+        <v>1437</v>
+      </c>
+      <c r="E377" t="s">
+        <v>1438</v>
+      </c>
+      <c r="F377" t="s">
+        <v>93</v>
+      </c>
+      <c r="G377" s="1" t="s">
+        <v>1451</v>
+      </c>
+      <c r="H377" t="s">
+        <v>1452</v>
+      </c>
+    </row>
+    <row r="378" spans="1:8">
+      <c r="A378" t="s">
+        <v>1453</v>
+      </c>
+      <c r="B378" t="s">
+        <v>9</v>
+      </c>
+      <c r="C378" t="s">
+        <v>1454</v>
+      </c>
+      <c r="D378" t="s">
+        <v>1437</v>
+      </c>
+      <c r="E378" t="s">
+        <v>1438</v>
+      </c>
+      <c r="F378" t="s">
+        <v>93</v>
+      </c>
+      <c r="G378" s="1" t="s">
+        <v>1455</v>
+      </c>
+      <c r="H378" t="s">
+        <v>1456</v>
+      </c>
+    </row>
+    <row r="379" spans="1:8">
+      <c r="A379" t="s">
+        <v>1457</v>
+      </c>
+      <c r="B379" t="s">
+        <v>9</v>
+      </c>
+      <c r="C379" t="s">
+        <v>1458</v>
+      </c>
+      <c r="D379" t="s">
+        <v>1437</v>
+      </c>
+      <c r="E379" t="s">
+        <v>1438</v>
+      </c>
+      <c r="F379" t="s">
+        <v>93</v>
+      </c>
+      <c r="G379" s="1" t="s">
+        <v>1459</v>
+      </c>
+      <c r="H379" t="s">
+        <v>1460</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -14876,50 +15019,54 @@
     <hyperlink ref="G351" r:id="rId350"/>
     <hyperlink ref="G352" r:id="rId351"/>
     <hyperlink ref="G353" r:id="rId352"/>
     <hyperlink ref="G354" r:id="rId353"/>
     <hyperlink ref="G355" r:id="rId354"/>
     <hyperlink ref="G356" r:id="rId355"/>
     <hyperlink ref="G357" r:id="rId356"/>
     <hyperlink ref="G358" r:id="rId357"/>
     <hyperlink ref="G359" r:id="rId358"/>
     <hyperlink ref="G360" r:id="rId359"/>
     <hyperlink ref="G361" r:id="rId360"/>
     <hyperlink ref="G362" r:id="rId361"/>
     <hyperlink ref="G363" r:id="rId362"/>
     <hyperlink ref="G364" r:id="rId363"/>
     <hyperlink ref="G365" r:id="rId364"/>
     <hyperlink ref="G366" r:id="rId365"/>
     <hyperlink ref="G367" r:id="rId366"/>
     <hyperlink ref="G368" r:id="rId367"/>
     <hyperlink ref="G369" r:id="rId368"/>
     <hyperlink ref="G370" r:id="rId369"/>
     <hyperlink ref="G371" r:id="rId370"/>
     <hyperlink ref="G372" r:id="rId371"/>
     <hyperlink ref="G373" r:id="rId372"/>
     <hyperlink ref="G374" r:id="rId373"/>
     <hyperlink ref="G375" r:id="rId374"/>
+    <hyperlink ref="G376" r:id="rId375"/>
+    <hyperlink ref="G377" r:id="rId376"/>
+    <hyperlink ref="G378" r:id="rId377"/>
+    <hyperlink ref="G379" r:id="rId378"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>